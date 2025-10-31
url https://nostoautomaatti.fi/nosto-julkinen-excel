--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/3906d197a9841bcf/Tiedostot/WWW Nostoautomaatti.fi/ATM´s to pages/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{43DBF8FE-FF75-4B8B-B28D-C7AB5A28E6EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0269CE99-8B93-44E4-89B0-D4644BCCE200}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31020" yWindow="1545" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="265">
   <si>
     <t>Automaatin numero</t>
   </si>
   <si>
     <t>Automaatin koko nimi</t>
   </si>
   <si>
     <t>Osoite</t>
   </si>
   <si>
     <t>Lat</t>
   </si>
   <si>
     <t>Lng</t>
   </si>
   <si>
     <t>5100 NOSTO IKEA TAMPERE</t>
   </si>
   <si>
     <t>Leppästensuonkatu 4, 33840 TAMPERE</t>
   </si>
   <si>
     <t>5101 NOSTO K-MARKET VILLILÄ</t>
   </si>
   <si>
@@ -375,51 +375,51 @@
   <si>
     <t>Kanslerintie 10B, 20200 TURKU</t>
   </si>
   <si>
     <t>5159 NOSTO HELSINGIN SATAMA 1</t>
   </si>
   <si>
     <t>5160 NOSTO KAUPPAKESKUS KARUSELLI</t>
   </si>
   <si>
     <t>Kauppakaari 10, 04200 KERAVA</t>
   </si>
   <si>
     <t>5161 NOSTO MEGA KESKUS SEINÄJOKI</t>
   </si>
   <si>
     <t>Keskuskatu 3, 60100 SEINÄJOKI</t>
   </si>
   <si>
     <t>5162 NOSTO ARMADA LAPPEENRANTA</t>
   </si>
   <si>
     <t>Kauppakatu 31, 53100 LAPPEENRANTA</t>
   </si>
   <si>
-    <t>5163 NOSTO KIINTEISTÖYHTIÖ IDEAPARK 2</t>
+    <t>5163 NOSTO IDEAPARK LEMPÄÄLÄ</t>
   </si>
   <si>
     <t>Ideaparkinkatu 4, 37570 LEMPÄÄLÄ</t>
   </si>
   <si>
     <t>5164 NOSTO KUOPION PORTTI</t>
   </si>
   <si>
     <t>Puutarhakatu 9, 70300 KUOPIO</t>
   </si>
   <si>
     <t>5165 NOSTO KOSKIKARTANO</t>
   </si>
   <si>
     <t>Tampereentie 636, 16800 HÄMEENKOSKI</t>
   </si>
   <si>
     <t>5166 NOSTO UUDENMAANKATU 67 HYVINKÄÄ</t>
   </si>
   <si>
     <t>Uudenmaankatu 67, 05830 HYVINKÄÄ</t>
   </si>
   <si>
     <t>5167 NOSTO NURMIJÄRVI</t>
   </si>
@@ -513,51 +513,51 @@
   <si>
     <t>5182 NOSTO SUKEVA</t>
   </si>
   <si>
     <t>Sukevantie 2, 74340 SUKEVA</t>
   </si>
   <si>
     <t>5183 NOSTO K- MARKET PATENIEMENRANTA</t>
   </si>
   <si>
     <t>Pateniemenranta 3, 90800 OULU</t>
   </si>
   <si>
     <t>5184 NOSTO K-SUPERMARKET PÄHKINÄRINNE</t>
   </si>
   <si>
     <t>Lammaslammentie 9, 01710 VANTAA</t>
   </si>
   <si>
     <t>5185 NOSTO KAUPPAKATU 18 KAJAANI</t>
   </si>
   <si>
     <t>Kauppakatu 18, 87100 KAJAANI</t>
   </si>
   <si>
-    <t>5186 NOSTO K-SUPERMARKET DERPY ESPOO</t>
+    <t>5186 NOSTO K-SUPERMARKET DERBY ESPOO</t>
   </si>
   <si>
     <t>Kalkkipellontie 2, 02650 ESPOO</t>
   </si>
   <si>
     <t>5187 NOSTO K-SUPERMARKET KUNKKU ESPOO</t>
   </si>
   <si>
     <t>Teirinsyrjä 2 b, 02770 ESPOO</t>
   </si>
   <si>
     <t>5188 NOSTO K-MARKET AMERINKULMA HELSINKI</t>
   </si>
   <si>
     <t>Mäkelänkatu 87, 00610 HELSINKI</t>
   </si>
   <si>
     <t>5189 NOSTO K-SUPERMARKET SÄKYLÄ</t>
   </si>
   <si>
     <t>Palomiehentie 9, 27800 SÄKYLÄ</t>
   </si>
   <si>
     <t>5190 NOSTO K-SUPERMARKET VATTUNIEMI</t>
   </si>
@@ -757,50 +757,104 @@
     <t>Pieksämäentie 15, 41520 HANKASALMI</t>
   </si>
   <si>
     <t>5230 NOSTO JARI-PEKKA JOROINEN</t>
   </si>
   <si>
     <t>Joroistentie 5, 79600 JOROINEN</t>
   </si>
   <si>
     <t>5231 NOSTO VALLILAN KONEPAJA</t>
   </si>
   <si>
     <t>Bruno Granholmin kuja 2, 00510 HELSINKI</t>
   </si>
   <si>
     <t>5232 NOSTO CUBE2 PELKOSENNIEMI</t>
   </si>
   <si>
     <t>Sodankyläntie 8, 98500 PELKOSENNIEMI</t>
   </si>
   <si>
     <t>5233 NOSTO KIINTEISTÖ LOHTAJANTIE 6</t>
   </si>
   <si>
     <t>Lohtajantie 6 B, 68230 LOHTAJA</t>
+  </si>
+  <si>
+    <t>5234 NOSTO LIIKETILA JAALA</t>
+  </si>
+  <si>
+    <t>Jaalantie 120, 47710 JAALA</t>
+  </si>
+  <si>
+    <t>5235 NOSTO KAUSALAN MATKAKEIDAS</t>
+  </si>
+  <si>
+    <t>Sitikkalantie 5, 47400 KAUSALA</t>
+  </si>
+  <si>
+    <t>5252 NOSTO HALPAHALLI MUHOS</t>
+  </si>
+  <si>
+    <t>Kirkkotie 2, 91500 MUHOS</t>
+  </si>
+  <si>
+    <t>5253 NOSTO HALPAHALLI KIIMINKI</t>
+  </si>
+  <si>
+    <t>Isoahontie 1, 90900 KIIMINKI</t>
+  </si>
+  <si>
+    <t>5254 NOSTO LIDL SAARIJÄRVI</t>
+  </si>
+  <si>
+    <t>Jyväskyläntie 31 A, 43100 SAARIJÄRVI</t>
+  </si>
+  <si>
+    <t>5255 NOSTO LIDL OULU KESKUSTA</t>
+  </si>
+  <si>
+    <t>Isokatu 51, 90100 OULU</t>
+  </si>
+  <si>
+    <t>5256 NOSTO SÄÄSTÖKUOPPA HAUKIPUDAS</t>
+  </si>
+  <si>
+    <t>Annalankankaantie 1, 90830 HAUKIPUDAS</t>
+  </si>
+  <si>
+    <t>5257 NOSTO LIDL OULU HIIRONEN</t>
+  </si>
+  <si>
+    <t>Ruukinkuja 1, 90250 OULU</t>
+  </si>
+  <si>
+    <t>5258 NOSTO LIDL OULU KAAKKURI</t>
+  </si>
+  <si>
+    <t>Metsokankaantie 1, 90420 OULU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -1100,54 +1154,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E127"/>
+  <dimension ref="A1:E136"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A115" workbookViewId="0">
-      <selection activeCell="E127" sqref="E127"/>
+    <sheetView tabSelected="1" topLeftCell="A22" workbookViewId="0">
+      <selection activeCell="E136" sqref="E136"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>5100</v>
       </c>
@@ -3265,50 +3319,203 @@
       <c r="C126" t="s">
         <v>244</v>
       </c>
       <c r="D126">
         <v>67.1097252</v>
       </c>
       <c r="E126">
         <v>27.515331</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127">
         <v>5233</v>
       </c>
       <c r="B127" t="s">
         <v>245</v>
       </c>
       <c r="C127" t="s">
         <v>246</v>
       </c>
       <c r="D127">
         <v>64.023040300000005</v>
       </c>
       <c r="E127">
         <v>23.507648700000001</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A128">
+        <v>5234</v>
+      </c>
+      <c r="B128" t="s">
+        <v>247</v>
+      </c>
+      <c r="C128" t="s">
+        <v>248</v>
+      </c>
+      <c r="D128">
+        <v>61.0495296</v>
+      </c>
+      <c r="E128">
+        <v>26.484907</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A129">
+        <v>5235</v>
+      </c>
+      <c r="B129" t="s">
+        <v>249</v>
+      </c>
+      <c r="C129" t="s">
+        <v>250</v>
+      </c>
+      <c r="D129">
+        <v>60.910793099999999</v>
+      </c>
+      <c r="E129">
+        <v>26.274282500000002</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A130">
+        <v>5252</v>
+      </c>
+      <c r="B130" t="s">
+        <v>251</v>
+      </c>
+      <c r="C130" t="s">
+        <v>252</v>
+      </c>
+      <c r="D130">
+        <v>64.814956199999997</v>
+      </c>
+      <c r="E130">
+        <v>25.9789733</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A131">
+        <v>5253</v>
+      </c>
+      <c r="B131" t="s">
+        <v>253</v>
+      </c>
+      <c r="C131" t="s">
+        <v>254</v>
+      </c>
+      <c r="D131">
+        <v>65.127170599999999</v>
+      </c>
+      <c r="E131">
+        <v>25.774865200000001</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A132">
+        <v>5254</v>
+      </c>
+      <c r="B132" t="s">
+        <v>255</v>
+      </c>
+      <c r="C132" t="s">
+        <v>256</v>
+      </c>
+      <c r="D132">
+        <v>62.697649699999999</v>
+      </c>
+      <c r="E132">
+        <v>25.2888889</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A133">
+        <v>5255</v>
+      </c>
+      <c r="B133" t="s">
+        <v>257</v>
+      </c>
+      <c r="C133" t="s">
+        <v>258</v>
+      </c>
+      <c r="D133">
+        <v>65.008462600000001</v>
+      </c>
+      <c r="E133">
+        <v>25.468656500000002</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A134">
+        <v>5256</v>
+      </c>
+      <c r="B134" t="s">
+        <v>259</v>
+      </c>
+      <c r="C134" t="s">
+        <v>260</v>
+      </c>
+      <c r="D134">
+        <v>65.161110600000001</v>
+      </c>
+      <c r="E134">
+        <v>25.344754999999999</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A135">
+        <v>5257</v>
+      </c>
+      <c r="B135" t="s">
+        <v>261</v>
+      </c>
+      <c r="C135" t="s">
+        <v>262</v>
+      </c>
+      <c r="D135">
+        <v>64.985810999999998</v>
+      </c>
+      <c r="E135">
+        <v>25.5142025</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A136">
+        <v>5258</v>
+      </c>
+      <c r="B136" t="s">
+        <v>263</v>
+      </c>
+      <c r="C136" t="s">
+        <v>264</v>
+      </c>
+      <c r="D136">
+        <v>64.958586199999999</v>
+      </c>
+      <c r="E136">
+        <v>25.525832000000001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>