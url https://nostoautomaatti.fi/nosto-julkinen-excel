--- v1 (2025-10-31)
+++ v2 (2026-01-03)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/3906d197a9841bcf/Tiedostot/WWW Nostoautomaatti.fi/ATM´s to pages/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Nostoautomaatti.fi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0269CE99-8B93-44E4-89B0-D4644BCCE200}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8DBD8B56-42CF-4996-B8B7-E5CADF88FBFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-60" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="289">
   <si>
     <t>Automaatin numero</t>
   </si>
   <si>
     <t>Automaatin koko nimi</t>
   </si>
   <si>
     <t>Osoite</t>
   </si>
   <si>
     <t>Lat</t>
   </si>
   <si>
     <t>Lng</t>
   </si>
   <si>
     <t>5100 NOSTO IKEA TAMPERE</t>
   </si>
   <si>
     <t>Leppästensuonkatu 4, 33840 TAMPERE</t>
   </si>
   <si>
     <t>5101 NOSTO K-MARKET VILLILÄ</t>
   </si>
   <si>
@@ -102,51 +102,51 @@
   <si>
     <t>OLYMPIARANTA 1, 00140 HELSINKI</t>
   </si>
   <si>
     <t>5108 NOSTO SAMMONKATU 13 KAJAANI</t>
   </si>
   <si>
     <t>SAMMONKATU 13, 87100 KAJAANI</t>
   </si>
   <si>
     <t>5109 NOSTO KATAJANOKKA TERMINAALI 1st. Floor</t>
   </si>
   <si>
     <t>5110 NOSTO KATAJANOKKA TERMINAALI 2nd floor</t>
   </si>
   <si>
     <t>5111 NOSTO ECKERÖ LINE M/S FINLANDIA</t>
   </si>
   <si>
     <t>TYYNENMERENKATU 14, 00180 HELSINKI</t>
   </si>
   <si>
     <t>5112 NOSTO CUBE1 NF 1</t>
   </si>
   <si>
-    <t>Länsi-Himoksentie 2, 42100 JÄMSÄ</t>
+    <t>Harjuntausta 14, 33400 TAMPERE</t>
   </si>
   <si>
     <t>5113 NOSTO CUBE1 NF 2</t>
   </si>
   <si>
     <t>5114 NOSTO DUO Hervanta Tampere</t>
   </si>
   <si>
     <t>Pietilänkatu 2, 33720 TAMPERE</t>
   </si>
   <si>
     <t>5115 NOSTO Tammela Stadion</t>
   </si>
   <si>
     <t>Tammelankatu 25, 33500 TAMPERE</t>
   </si>
   <si>
     <t>5116 NOSTO Kauppakeskus Akseli Mikkeli</t>
   </si>
   <si>
     <t>Hallituskatu 7-9, 50100 MIKKELI</t>
   </si>
   <si>
     <t>5117 NOSTO Mäntynummi Lohja</t>
   </si>
@@ -663,50 +663,80 @@
   <si>
     <t>5207 NOSTO HALPAHALLI PORI</t>
   </si>
   <si>
     <t>Paanakedonkatu 22, 28100 PORI</t>
   </si>
   <si>
     <t>5208 NOSTO HALPAHALLI VAASA</t>
   </si>
   <si>
     <t>Laturintie 6, 65100 VAASA</t>
   </si>
   <si>
     <t>5209 NOSTO HALPAHALLI KOKKOLA</t>
   </si>
   <si>
     <t>Tehtaankatu 1, 67100 KOKKOLA</t>
   </si>
   <si>
     <t>5210 NOSTO HALPAHALLI YLIVIESKA</t>
   </si>
   <si>
     <t>Rautatiekatu 11, 84100 YLIVIESKA</t>
   </si>
   <si>
+    <t>5211 NOSTO HALPA-HALLI MUURAME</t>
+  </si>
+  <si>
+    <t>Setäläntie 3, 40950 MUURAME</t>
+  </si>
+  <si>
+    <t>5212 NOSTO HALPA-HALLI ÄÄNEKOSKI</t>
+  </si>
+  <si>
+    <t>Kieppi 2, 44100 ÄÄNEKOSKI</t>
+  </si>
+  <si>
+    <t>5213 NOSTO HALPA-HALLI IISALMI</t>
+  </si>
+  <si>
+    <t>Kilpivirrantie 6, 74120 IISALMI</t>
+  </si>
+  <si>
+    <t>5214 NOSTO HALPA-HALLI KAUSTINEN</t>
+  </si>
+  <si>
+    <t>Pajalantie 4, 69600 KAUSTINEN</t>
+  </si>
+  <si>
+    <t>5215 NOSTO HALPA-HALLI LAPUA</t>
+  </si>
+  <si>
+    <t>Lassilantie 15, 62100 LAPUA</t>
+  </si>
+  <si>
     <t>5218 NOSTO LIDL HOLLOLA</t>
   </si>
   <si>
     <t>Terveystie 49, 15860 HOLLOLA</t>
   </si>
   <si>
     <t>5219 NOSTO LIDL HEINOLA</t>
   </si>
   <si>
     <t>Siltakatu 21, 18100 HEINOLA</t>
   </si>
   <si>
     <t>5220 NOSTO LIDL LAHTI LAUNE</t>
   </si>
   <si>
     <t>Launeenkatu 86, 15610 LAHTI</t>
   </si>
   <si>
     <t>5221 NOSTO METRO HAKANIEMI</t>
   </si>
   <si>
     <t>Siltasaarenkatu 7, 00530 HELSINKI</t>
   </si>
   <si>
     <t>5222 NOSTO LIDL KOUVOLA KUUSANKOSKI</t>
@@ -769,50 +799,92 @@
     <t>Bruno Granholmin kuja 2, 00510 HELSINKI</t>
   </si>
   <si>
     <t>5232 NOSTO CUBE2 PELKOSENNIEMI</t>
   </si>
   <si>
     <t>Sodankyläntie 8, 98500 PELKOSENNIEMI</t>
   </si>
   <si>
     <t>5233 NOSTO KIINTEISTÖ LOHTAJANTIE 6</t>
   </si>
   <si>
     <t>Lohtajantie 6 B, 68230 LOHTAJA</t>
   </si>
   <si>
     <t>5234 NOSTO LIIKETILA JAALA</t>
   </si>
   <si>
     <t>Jaalantie 120, 47710 JAALA</t>
   </si>
   <si>
     <t>5235 NOSTO KAUSALAN MATKAKEIDAS</t>
   </si>
   <si>
     <t>Sitikkalantie 5, 47400 KAUSALA</t>
+  </si>
+  <si>
+    <t>5236 NOSTO LIDL ALA-TIKKURILA</t>
+  </si>
+  <si>
+    <t>Aamuruskontie 1, 00750 HELSINKI</t>
+  </si>
+  <si>
+    <t>5238 NOSTO KAUPPAKESKUS PUUVILLA</t>
+  </si>
+  <si>
+    <t>Siltapuistokatu 14, 28100 PORI</t>
+  </si>
+  <si>
+    <t>5239 NOSTO RAVINTOLA SATAMA TURKU</t>
+  </si>
+  <si>
+    <t>Veteraanikatu 3, 20360 TURKU</t>
+  </si>
+  <si>
+    <t>5242 NOSTO HÄTILÄNKESKUS HÄMEENLINNA</t>
+  </si>
+  <si>
+    <t>Hätilänkatu 2, 13210 HÄMEENLINNA</t>
+  </si>
+  <si>
+    <t>5244 NOSTO CUBE3 SANTA CLAUS HOLIDAY VILLAGE</t>
+  </si>
+  <si>
+    <t>Tähtikuja 1, 96930 NAPAPIIRI ROVANIEMI</t>
+  </si>
+  <si>
+    <t>5245 NOSTO LIDL VAPAALA</t>
+  </si>
+  <si>
+    <t>Vapaalantie 4, 01650 VANTAA</t>
+  </si>
+  <si>
+    <t>5249 NOSTO HELSINGIN SÄHKÖTALO</t>
+  </si>
+  <si>
+    <t>Kampinkuja 2, 00100 HELSINKI</t>
   </si>
   <si>
     <t>5252 NOSTO HALPAHALLI MUHOS</t>
   </si>
   <si>
     <t>Kirkkotie 2, 91500 MUHOS</t>
   </si>
   <si>
     <t>5253 NOSTO HALPAHALLI KIIMINKI</t>
   </si>
   <si>
     <t>Isoahontie 1, 90900 KIIMINKI</t>
   </si>
   <si>
     <t>5254 NOSTO LIDL SAARIJÄRVI</t>
   </si>
   <si>
     <t>Jyväskyläntie 31 A, 43100 SAARIJÄRVI</t>
   </si>
   <si>
     <t>5255 NOSTO LIDL OULU KESKUSTA</t>
   </si>
   <si>
     <t>Isokatu 51, 90100 OULU</t>
   </si>
@@ -1154,54 +1226,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E136"/>
+  <dimension ref="A1:E148"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A22" workbookViewId="0">
-      <selection activeCell="E136" sqref="E136"/>
+    <sheetView tabSelected="1" topLeftCell="A119" workbookViewId="0">
+      <selection activeCell="R141" sqref="R141"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>5100</v>
       </c>
@@ -1394,71 +1466,71 @@
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13">
         <v>60.150460799999998</v>
       </c>
       <c r="E13">
         <v>24.915343700000001</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>5112</v>
       </c>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14" t="s">
         <v>28</v>
       </c>
       <c r="D14">
-        <v>61.883144600000001</v>
+        <v>61.517262000000002</v>
       </c>
       <c r="E14">
-        <v>25.290006999999999</v>
+        <v>23.6671306</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>5113</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15">
-        <v>61.883144600000001</v>
+        <v>61.517262000000002</v>
       </c>
       <c r="E15">
-        <v>25.290006999999999</v>
+        <v>23.6671306</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>5114</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" t="s">
         <v>31</v>
       </c>
       <c r="D16">
         <v>61.450932100000003</v>
       </c>
       <c r="E16">
         <v>23.851271199999999</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>5115</v>
       </c>
       <c r="B17" t="s">
         <v>32</v>
@@ -3051,470 +3123,674 @@
         <v>63.835652899999999</v>
       </c>
       <c r="E110">
         <v>23.136034599999999</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>5210</v>
       </c>
       <c r="B111" t="s">
         <v>213</v>
       </c>
       <c r="C111" t="s">
         <v>214</v>
       </c>
       <c r="D111">
         <v>64.071755899999999</v>
       </c>
       <c r="E111">
         <v>24.5368928</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112">
-        <v>5218</v>
+        <v>5211</v>
       </c>
       <c r="B112" t="s">
         <v>215</v>
       </c>
       <c r="C112" t="s">
         <v>216</v>
       </c>
       <c r="D112">
-        <v>60.987736499999997</v>
+        <v>62.136270600000003</v>
       </c>
       <c r="E112">
-        <v>25.5327938</v>
+        <v>25.671424900000002</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113">
-        <v>5219</v>
+        <v>5212</v>
       </c>
       <c r="B113" t="s">
         <v>217</v>
       </c>
       <c r="C113" t="s">
         <v>218</v>
       </c>
       <c r="D113">
-        <v>61.205232700000003</v>
+        <v>62.606918800000003</v>
       </c>
       <c r="E113">
-        <v>26.0381155</v>
+        <v>25.693878900000001</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114">
-        <v>5220</v>
+        <v>5213</v>
       </c>
       <c r="B114" t="s">
         <v>219</v>
       </c>
       <c r="C114" t="s">
         <v>220</v>
       </c>
       <c r="D114">
-        <v>60.959798399999997</v>
+        <v>63.569616500000002</v>
       </c>
       <c r="E114">
-        <v>25.6528262</v>
+        <v>27.1888805</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115">
-        <v>5221</v>
+        <v>5214</v>
       </c>
       <c r="B115" t="s">
         <v>221</v>
       </c>
       <c r="C115" t="s">
         <v>222</v>
       </c>
       <c r="D115">
-        <v>60.179411000000002</v>
+        <v>63.547735699999997</v>
       </c>
       <c r="E115">
-        <v>24.950456200000001</v>
+        <v>23.697510000000001</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116">
-        <v>5222</v>
+        <v>5215</v>
       </c>
       <c r="B116" t="s">
         <v>223</v>
       </c>
       <c r="C116" t="s">
         <v>224</v>
       </c>
       <c r="D116">
-        <v>60.905229300000002</v>
+        <v>62.973313900000001</v>
       </c>
       <c r="E116">
-        <v>26.607264799999999</v>
+        <v>23.008423000000001</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117">
-        <v>5223</v>
+        <v>5218</v>
       </c>
       <c r="B117" t="s">
         <v>225</v>
       </c>
       <c r="C117" t="s">
         <v>226</v>
       </c>
       <c r="D117">
-        <v>60.876522999999999</v>
+        <v>60.987736499999997</v>
       </c>
       <c r="E117">
-        <v>26.731888999999999</v>
+        <v>25.5327938</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118">
-        <v>5224</v>
+        <v>5219</v>
       </c>
       <c r="B118" t="s">
         <v>227</v>
       </c>
       <c r="C118" t="s">
         <v>228</v>
       </c>
       <c r="D118">
-        <v>60.8684741</v>
+        <v>61.205232700000003</v>
       </c>
       <c r="E118">
-        <v>26.671853200000001</v>
+        <v>26.0381155</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119">
-        <v>5225</v>
+        <v>5220</v>
       </c>
       <c r="B119" t="s">
         <v>229</v>
       </c>
       <c r="C119" t="s">
         <v>230</v>
       </c>
       <c r="D119">
-        <v>60.948032599999998</v>
+        <v>60.959798399999997</v>
       </c>
       <c r="E119">
-        <v>25.8917535</v>
+        <v>25.6528262</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120">
-        <v>5226</v>
+        <v>5221</v>
       </c>
       <c r="B120" t="s">
         <v>231</v>
       </c>
       <c r="C120" t="s">
         <v>232</v>
       </c>
       <c r="D120">
-        <v>62.252355600000001</v>
+        <v>60.179411000000002</v>
       </c>
       <c r="E120">
-        <v>25.194054399999999</v>
+        <v>24.950456200000001</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121">
-        <v>5227</v>
+        <v>5222</v>
       </c>
       <c r="B121" t="s">
         <v>233</v>
       </c>
       <c r="C121" t="s">
         <v>234</v>
       </c>
       <c r="D121">
-        <v>62.2580952</v>
+        <v>60.905229300000002</v>
       </c>
       <c r="E121">
-        <v>24.698564099999999</v>
+        <v>26.607264799999999</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122">
-        <v>5228</v>
+        <v>5223</v>
       </c>
       <c r="B122" t="s">
         <v>235</v>
       </c>
       <c r="C122" t="s">
         <v>236</v>
       </c>
       <c r="D122">
-        <v>60.239008200000001</v>
+        <v>60.876522999999999</v>
       </c>
       <c r="E122">
-        <v>24.849908500000002</v>
+        <v>26.731888999999999</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123">
-        <v>5229</v>
+        <v>5224</v>
       </c>
       <c r="B123" t="s">
         <v>237</v>
       </c>
       <c r="C123" t="s">
         <v>238</v>
       </c>
       <c r="D123">
-        <v>62.357732599999999</v>
+        <v>60.8684741</v>
       </c>
       <c r="E123">
-        <v>26.5730936</v>
+        <v>26.671853200000001</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124">
-        <v>5230</v>
+        <v>5225</v>
       </c>
       <c r="B124" t="s">
         <v>239</v>
       </c>
       <c r="C124" t="s">
         <v>240</v>
       </c>
       <c r="D124">
-        <v>62.176619899999999</v>
+        <v>60.948032599999998</v>
       </c>
       <c r="E124">
-        <v>27.840176599999999</v>
+        <v>25.8917535</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125">
-        <v>5231</v>
+        <v>5226</v>
       </c>
       <c r="B125" t="s">
         <v>241</v>
       </c>
       <c r="C125" t="s">
         <v>242</v>
       </c>
       <c r="D125">
-        <v>60.193016399999998</v>
+        <v>62.252355600000001</v>
       </c>
       <c r="E125">
-        <v>24.9471144</v>
+        <v>25.194054399999999</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126">
-        <v>5232</v>
+        <v>5227</v>
       </c>
       <c r="B126" t="s">
         <v>243</v>
       </c>
       <c r="C126" t="s">
         <v>244</v>
       </c>
       <c r="D126">
-        <v>67.1097252</v>
+        <v>62.2580952</v>
       </c>
       <c r="E126">
-        <v>27.515331</v>
+        <v>24.698564099999999</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127">
-        <v>5233</v>
+        <v>5228</v>
       </c>
       <c r="B127" t="s">
         <v>245</v>
       </c>
       <c r="C127" t="s">
         <v>246</v>
       </c>
       <c r="D127">
-        <v>64.023040300000005</v>
+        <v>60.239008200000001</v>
       </c>
       <c r="E127">
-        <v>23.507648700000001</v>
+        <v>24.849908500000002</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128">
-        <v>5234</v>
+        <v>5229</v>
       </c>
       <c r="B128" t="s">
         <v>247</v>
       </c>
       <c r="C128" t="s">
         <v>248</v>
       </c>
       <c r="D128">
-        <v>61.0495296</v>
+        <v>62.357732599999999</v>
       </c>
       <c r="E128">
-        <v>26.484907</v>
+        <v>26.5730936</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129">
-        <v>5235</v>
+        <v>5230</v>
       </c>
       <c r="B129" t="s">
         <v>249</v>
       </c>
       <c r="C129" t="s">
         <v>250</v>
       </c>
       <c r="D129">
-        <v>60.910793099999999</v>
+        <v>62.176619899999999</v>
       </c>
       <c r="E129">
-        <v>26.274282500000002</v>
+        <v>27.840176599999999</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130">
-        <v>5252</v>
+        <v>5231</v>
       </c>
       <c r="B130" t="s">
         <v>251</v>
       </c>
       <c r="C130" t="s">
         <v>252</v>
       </c>
       <c r="D130">
-        <v>64.814956199999997</v>
+        <v>60.193016399999998</v>
       </c>
       <c r="E130">
-        <v>25.9789733</v>
+        <v>24.9471144</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131">
-        <v>5253</v>
+        <v>5232</v>
       </c>
       <c r="B131" t="s">
         <v>253</v>
       </c>
       <c r="C131" t="s">
         <v>254</v>
       </c>
       <c r="D131">
-        <v>65.127170599999999</v>
+        <v>67.1097252</v>
       </c>
       <c r="E131">
-        <v>25.774865200000001</v>
+        <v>27.515331</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132">
-        <v>5254</v>
+        <v>5233</v>
       </c>
       <c r="B132" t="s">
         <v>255</v>
       </c>
       <c r="C132" t="s">
         <v>256</v>
       </c>
       <c r="D132">
-        <v>62.697649699999999</v>
+        <v>64.023040300000005</v>
       </c>
       <c r="E132">
-        <v>25.2888889</v>
+        <v>23.507648700000001</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133">
-        <v>5255</v>
+        <v>5234</v>
       </c>
       <c r="B133" t="s">
         <v>257</v>
       </c>
       <c r="C133" t="s">
         <v>258</v>
       </c>
       <c r="D133">
-        <v>65.008462600000001</v>
+        <v>61.0495296</v>
       </c>
       <c r="E133">
-        <v>25.468656500000002</v>
+        <v>26.484907</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134">
-        <v>5256</v>
+        <v>5235</v>
       </c>
       <c r="B134" t="s">
         <v>259</v>
       </c>
       <c r="C134" t="s">
         <v>260</v>
       </c>
       <c r="D134">
-        <v>65.161110600000001</v>
+        <v>60.910793099999999</v>
       </c>
       <c r="E134">
-        <v>25.344754999999999</v>
+        <v>26.274282500000002</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135">
-        <v>5257</v>
+        <v>5236</v>
       </c>
       <c r="B135" t="s">
         <v>261</v>
       </c>
       <c r="C135" t="s">
         <v>262</v>
       </c>
       <c r="D135">
-        <v>64.985810999999998</v>
+        <v>60.284345799999997</v>
       </c>
       <c r="E135">
-        <v>25.5142025</v>
+        <v>25.028977099999999</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136">
-        <v>5258</v>
+        <v>5238</v>
       </c>
       <c r="B136" t="s">
         <v>263</v>
       </c>
       <c r="C136" t="s">
         <v>264</v>
       </c>
       <c r="D136">
+        <v>61.494200499999998</v>
+      </c>
+      <c r="E136">
+        <v>21.800283199999999</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A137">
+        <v>5239</v>
+      </c>
+      <c r="B137" t="s">
+        <v>265</v>
+      </c>
+      <c r="C137" t="s">
+        <v>266</v>
+      </c>
+      <c r="D137">
+        <v>60.498260000000002</v>
+      </c>
+      <c r="E137">
+        <v>22.2657989</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A138">
+        <v>5242</v>
+      </c>
+      <c r="B138" t="s">
+        <v>267</v>
+      </c>
+      <c r="C138" t="s">
+        <v>268</v>
+      </c>
+      <c r="D138">
+        <v>61.003471500000003</v>
+      </c>
+      <c r="E138">
+        <v>24.488433199999999</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A139">
+        <v>5244</v>
+      </c>
+      <c r="B139" t="s">
+        <v>269</v>
+      </c>
+      <c r="C139" t="s">
+        <v>270</v>
+      </c>
+      <c r="D139">
+        <v>66.543442499999998</v>
+      </c>
+      <c r="E139">
+        <v>25.845343700000001</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A140">
+        <v>5245</v>
+      </c>
+      <c r="B140" t="s">
+        <v>271</v>
+      </c>
+      <c r="C140" t="s">
+        <v>272</v>
+      </c>
+      <c r="D140">
+        <v>60.255621900000001</v>
+      </c>
+      <c r="E140">
+        <v>24.823122099999999</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A141">
+        <v>5249</v>
+      </c>
+      <c r="B141" t="s">
+        <v>273</v>
+      </c>
+      <c r="C141" t="s">
+        <v>274</v>
+      </c>
+      <c r="D141">
+        <v>60.168032799999999</v>
+      </c>
+      <c r="E141">
+        <v>24.930756899999999</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A142">
+        <v>5252</v>
+      </c>
+      <c r="B142" t="s">
+        <v>275</v>
+      </c>
+      <c r="C142" t="s">
+        <v>276</v>
+      </c>
+      <c r="D142">
+        <v>64.814956199999997</v>
+      </c>
+      <c r="E142">
+        <v>25.9789733</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A143">
+        <v>5253</v>
+      </c>
+      <c r="B143" t="s">
+        <v>277</v>
+      </c>
+      <c r="C143" t="s">
+        <v>278</v>
+      </c>
+      <c r="D143">
+        <v>65.127170599999999</v>
+      </c>
+      <c r="E143">
+        <v>25.774865200000001</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A144">
+        <v>5254</v>
+      </c>
+      <c r="B144" t="s">
+        <v>279</v>
+      </c>
+      <c r="C144" t="s">
+        <v>280</v>
+      </c>
+      <c r="D144">
+        <v>62.697649699999999</v>
+      </c>
+      <c r="E144">
+        <v>25.2888889</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A145">
+        <v>5255</v>
+      </c>
+      <c r="B145" t="s">
+        <v>281</v>
+      </c>
+      <c r="C145" t="s">
+        <v>282</v>
+      </c>
+      <c r="D145">
+        <v>65.008462600000001</v>
+      </c>
+      <c r="E145">
+        <v>25.468656500000002</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A146">
+        <v>5256</v>
+      </c>
+      <c r="B146" t="s">
+        <v>283</v>
+      </c>
+      <c r="C146" t="s">
+        <v>284</v>
+      </c>
+      <c r="D146">
+        <v>65.161110600000001</v>
+      </c>
+      <c r="E146">
+        <v>25.344754999999999</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A147">
+        <v>5257</v>
+      </c>
+      <c r="B147" t="s">
+        <v>285</v>
+      </c>
+      <c r="C147" t="s">
+        <v>286</v>
+      </c>
+      <c r="D147">
+        <v>64.985810999999998</v>
+      </c>
+      <c r="E147">
+        <v>25.5142025</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A148">
+        <v>5258</v>
+      </c>
+      <c r="B148" t="s">
+        <v>287</v>
+      </c>
+      <c r="C148" t="s">
+        <v>288</v>
+      </c>
+      <c r="D148">
         <v>64.958586199999999</v>
       </c>
-      <c r="E136">
+      <c r="E148">
         <v>25.525832000000001</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">