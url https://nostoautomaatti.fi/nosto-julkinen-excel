--- v2 (2026-01-03)
+++ v3 (2026-02-19)
@@ -1,245 +1,245 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Nostoautomaatti.fi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8DBD8B56-42CF-4996-B8B7-E5CADF88FBFC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{07B7A3A1-84AB-4197-9C93-8CBAF1AF63AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-60" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="1365" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="303">
   <si>
     <t>Automaatin numero</t>
   </si>
   <si>
     <t>Automaatin koko nimi</t>
   </si>
   <si>
     <t>Osoite</t>
   </si>
   <si>
     <t>Lat</t>
   </si>
   <si>
     <t>Lng</t>
   </si>
   <si>
     <t>5100 NOSTO IKEA TAMPERE</t>
   </si>
   <si>
     <t>Leppästensuonkatu 4, 33840 TAMPERE</t>
   </si>
   <si>
-    <t>5101 NOSTO K-MARKET VILLILÄ</t>
+    <t>5101 NOSTO K-MARKET VILLILÄ TAMPERE</t>
   </si>
   <si>
     <t>Ratakiskonkatu 7, 33300 TAMPERE</t>
   </si>
   <si>
-    <t>5102 NOSTO K-MARKET JÄKÄRLÄ</t>
+    <t>5102 NOSTO K-MARKET JÄKÄRLÄ TURKU</t>
   </si>
   <si>
     <t>Talolankatu 75, 20460 TURKU</t>
   </si>
   <si>
-    <t>5103 NOSTO SATAKUNNANTIE</t>
+    <t>5103 NOSTO SATAKUNNANTIE TURKU</t>
   </si>
   <si>
     <t>Satakunnantie 102, 20320 TURKU</t>
   </si>
   <si>
-    <t>5104 VIKING CINDERELLA</t>
+    <t>5104 NOSTO VIKING CINDERELLA</t>
   </si>
   <si>
     <t>Katajanokan Terminaali, 00160 HELSINKI</t>
   </si>
   <si>
     <t>5105 NOSTO VIKING GRACE</t>
   </si>
   <si>
     <t>Ensimmäinen Linja, 20100 TURKU</t>
   </si>
   <si>
     <t>5106 NOSTO VIKING GABRIELLA</t>
   </si>
   <si>
-    <t>KATAJANOKANLAITURI 8, 00160 HELSINKI</t>
+    <t>Katajanokanlaituri 8, 00160 HELSINKI</t>
   </si>
   <si>
     <t>5107 NOSTO OLYMPIARANTA</t>
   </si>
   <si>
-    <t>OLYMPIARANTA 1, 00140 HELSINKI</t>
-[...11 lines deleted...]
-    <t>5110 NOSTO KATAJANOKKA TERMINAALI 2nd floor</t>
+    <t>Olympiaranta 1, 00140 HELSINKI</t>
+  </si>
+  <si>
+    <t>5108 NOSTO SAMMONKATU KAJAANI</t>
+  </si>
+  <si>
+    <t>Sammonkatu 13, 87100 KAJAANI</t>
+  </si>
+  <si>
+    <t>5109 NOSTO KATAJANOKKA TERMINAALI 1ST. FLOOR</t>
+  </si>
+  <si>
+    <t>5110 NOSTO KATAJANOKKA TERMINAALI 2ND FLOOR</t>
   </si>
   <si>
     <t>5111 NOSTO ECKERÖ LINE M/S FINLANDIA</t>
   </si>
   <si>
-    <t>TYYNENMERENKATU 14, 00180 HELSINKI</t>
-[...2 lines deleted...]
-    <t>5112 NOSTO CUBE1 NF 1</t>
+    <t>Tyynenmerenkatu 14, 00180 HELSINKI</t>
+  </si>
+  <si>
+    <t>5112 NOSTO TOKMANNI LIELAHTI TAMPERE</t>
   </si>
   <si>
     <t>Harjuntausta 14, 33400 TAMPERE</t>
   </si>
   <si>
-    <t>5113 NOSTO CUBE1 NF 2</t>
-[...2 lines deleted...]
-    <t>5114 NOSTO DUO Hervanta Tampere</t>
+    <t>5113 NOSTO TOKMANNI LIELAHTI TAMPERE</t>
+  </si>
+  <si>
+    <t>5114 NOSTO DUO HERVANTA TAMPERE</t>
   </si>
   <si>
     <t>Pietilänkatu 2, 33720 TAMPERE</t>
   </si>
   <si>
-    <t>5115 NOSTO Tammela Stadion</t>
+    <t>5115 NOSTO TAMMELA STADION TAMPERE</t>
   </si>
   <si>
     <t>Tammelankatu 25, 33500 TAMPERE</t>
   </si>
   <si>
-    <t>5116 NOSTO Kauppakeskus Akseli Mikkeli</t>
+    <t>5116 NOSTO KAUPPAKESKUS AKSELI MIKKELI</t>
   </si>
   <si>
     <t>Hallituskatu 7-9, 50100 MIKKELI</t>
   </si>
   <si>
-    <t>5117 NOSTO Mäntynummi Lohja</t>
+    <t>5117 NOSTO MÄNTYNUMMI LOHJA</t>
   </si>
   <si>
     <t>Mäntynummentie 46, 08500 LOHJA</t>
   </si>
   <si>
     <t>5118 NOSTO MATKUS 1</t>
   </si>
   <si>
     <t>Matkuksentie 60, 70800 KUOPIO</t>
   </si>
   <si>
     <t>5119 NOSTO MATKUS 2</t>
   </si>
   <si>
     <t>5120 NOSTO HELSINGIN SATAMA 2</t>
   </si>
   <si>
     <t>Länsiterminaali 2, 00220 HELSINKI</t>
   </si>
   <si>
-    <t>5121 NOKAS K-MARKET AITOLAHTI</t>
+    <t>5121 NOSTO K-MARKET AITOLAHTI TAMPERE</t>
   </si>
   <si>
     <t>Kaitavedentie 115, 33680 TAMPERE</t>
   </si>
   <si>
     <t>5122 NOSTO TURUN TERMINAALI 1.LINJA</t>
   </si>
   <si>
     <t>Ensimmäinen Linja Turku, 20100 TURKU</t>
   </si>
   <si>
     <t>5123 NOSTO M-KAUPPA UURAINEN</t>
   </si>
   <si>
     <t>Virastotie 2, 41230 UURAINEN</t>
   </si>
   <si>
     <t>5124 NOSTO ISO OMENA CITYCON LOUNGE</t>
   </si>
   <si>
     <t>Piispansilta 11, 02230 ESPOO</t>
   </si>
   <si>
     <t>5125 NOSTO SIURO LÄHIKAUPPA</t>
   </si>
   <si>
     <t>Siurontie 45, 37200 SIURO</t>
   </si>
   <si>
-    <t>5126 NOSTO K-MARKET PIELISHERKKU</t>
+    <t>5126 NOSTO K-MARKET PIELISHERKKU JUUKA</t>
   </si>
   <si>
     <t>Kirkkotie 4, 83900 JUUKA</t>
   </si>
   <si>
-    <t>5127 NOSTO LIDL KAARINA KROSSI</t>
+    <t>5127 NOSTO LIDL KROSSI KAARINA</t>
   </si>
   <si>
     <t>Laasmäenkatu 6, 20780 KAARINA</t>
   </si>
   <si>
     <t>5128 NOSTO BILTEMA LAPPEENRANTA</t>
   </si>
   <si>
     <t>Vanha Viipurintie 131, 53550 LAPPEENRANTA</t>
   </si>
   <si>
-    <t>5129 NOSTO LIDL SUOMI-OULU KARJASILTA</t>
+    <t>5129 NOSTO LIDL KARJASILTA OULU</t>
   </si>
   <si>
     <t>Paljekula 12, 90140 OULU</t>
   </si>
   <si>
     <t>5130 NOSTO LIDL JYVÄSKYLA &amp;#8211; PALOKKA</t>
   </si>
   <si>
     <t>Saarilärventie 63, 40270 PALOKKA</t>
   </si>
   <si>
     <t>5131 NOSTO LIDL LAPPEENRANTA &amp;#8211; MUSTOLA</t>
   </si>
   <si>
     <t>Pelkolankatu 3, 53420 LAPPEENRANTA</t>
   </si>
   <si>
     <t>5132 NOSTO SILJA SERENADE</t>
   </si>
   <si>
     <t>Olympiaranta 3, 00140 HELSINKI</t>
   </si>
   <si>
     <t>5133 NOSTO BALTIC PRINCESS</t>
   </si>
@@ -627,54 +627,54 @@
   <si>
     <t>5201 NOSTO LIDL PIEKSÄMÄKI</t>
   </si>
   <si>
     <t>Keskuskatu 3, 76100 PIEKSÄMÄKI</t>
   </si>
   <si>
     <t>5202 NOSTO TUURIN KYLÄKAUPPA</t>
   </si>
   <si>
     <t>Onnentie 7, 63610 TUURI</t>
   </si>
   <si>
     <t>5203 NOSTO DIXI ASEMASILTA</t>
   </si>
   <si>
     <t>Ratatie 11, 01300 VANTAA</t>
   </si>
   <si>
     <t>5204 NOSTO KUULANKULMA ALAVUS</t>
   </si>
   <si>
     <t>Kuulantie 1, 63300 ALAVUS</t>
   </si>
   <si>
-    <t>5205 NOSTO IDEAPARK SEINÄJOKI</t>
-[...2 lines deleted...]
-    <t>Suupohjantie 57, 60320 SEINÄJOKI</t>
+    <t>5205 NOSTO LIDL SEINÄJOKI KESKUSTA</t>
+  </si>
+  <si>
+    <t>Verkatehtaankatu 12, 60100 SEINÄJOKI</t>
   </si>
   <si>
     <t>5206 NOSTO KAUPPAKESKUS HERTSI</t>
   </si>
   <si>
     <t>Linnanrakentajantie 2, 00880 HELSINKI</t>
   </si>
   <si>
     <t>5207 NOSTO HALPAHALLI PORI</t>
   </si>
   <si>
     <t>Paanakedonkatu 22, 28100 PORI</t>
   </si>
   <si>
     <t>5208 NOSTO HALPAHALLI VAASA</t>
   </si>
   <si>
     <t>Laturintie 6, 65100 VAASA</t>
   </si>
   <si>
     <t>5209 NOSTO HALPAHALLI KOKKOLA</t>
   </si>
   <si>
     <t>Tehtaankatu 1, 67100 KOKKOLA</t>
   </si>
@@ -816,117 +816,159 @@
   <si>
     <t>Jaalantie 120, 47710 JAALA</t>
   </si>
   <si>
     <t>5235 NOSTO KAUSALAN MATKAKEIDAS</t>
   </si>
   <si>
     <t>Sitikkalantie 5, 47400 KAUSALA</t>
   </si>
   <si>
     <t>5236 NOSTO LIDL ALA-TIKKURILA</t>
   </si>
   <si>
     <t>Aamuruskontie 1, 00750 HELSINKI</t>
   </si>
   <si>
     <t>5238 NOSTO KAUPPAKESKUS PUUVILLA</t>
   </si>
   <si>
     <t>Siltapuistokatu 14, 28100 PORI</t>
   </si>
   <si>
     <t>5239 NOSTO RAVINTOLA SATAMA TURKU</t>
   </si>
   <si>
-    <t>Veteraanikatu 3, 20360 TURKU</t>
+    <t>Veteraaninkatu 3, 20360 TURKU</t>
+  </si>
+  <si>
+    <t>5240 NOSTO KIINTEISTÖ PELTOLAMMI TAMPERE</t>
+  </si>
+  <si>
+    <t>Peltolamminkatu 40, 33840 TAMPERE</t>
   </si>
   <si>
     <t>5242 NOSTO HÄTILÄNKESKUS HÄMEENLINNA</t>
   </si>
   <si>
     <t>Hätilänkatu 2, 13210 HÄMEENLINNA</t>
   </si>
   <si>
+    <t>5243 NOSTO OJOISTEN LIIKEKESKUS HÄMEENLINNA</t>
+  </si>
+  <si>
+    <t>Ojoistenkatu 2, 13600 HÄMEENLINNA</t>
+  </si>
+  <si>
     <t>5244 NOSTO CUBE3 SANTA CLAUS HOLIDAY VILLAGE</t>
   </si>
   <si>
     <t>Tähtikuja 1, 96930 NAPAPIIRI ROVANIEMI</t>
   </si>
   <si>
     <t>5245 NOSTO LIDL VAPAALA</t>
   </si>
   <si>
     <t>Vapaalantie 4, 01650 VANTAA</t>
   </si>
   <si>
+    <t>5246 NOSTO LIDL TUUSULA HYRYLÄ</t>
+  </si>
+  <si>
+    <t>Autoasemankatu 6, 04300 TUUSULA</t>
+  </si>
+  <si>
+    <t>5247 NOSTO HATTULAN SÄÄSTÖPANKKITORI</t>
+  </si>
+  <si>
+    <t>Kinnalantie 3, 13720 PAROLA</t>
+  </si>
+  <si>
     <t>5249 NOSTO HELSINGIN SÄHKÖTALO</t>
   </si>
   <si>
     <t>Kampinkuja 2, 00100 HELSINKI</t>
   </si>
   <si>
+    <t>5251 NOSTO LIDL ESPOO KAUKLAHTI</t>
+  </si>
+  <si>
+    <t>Räävelintie 2, 02780 ESPOO</t>
+  </si>
+  <si>
     <t>5252 NOSTO HALPAHALLI MUHOS</t>
   </si>
   <si>
     <t>Kirkkotie 2, 91500 MUHOS</t>
   </si>
   <si>
     <t>5253 NOSTO HALPAHALLI KIIMINKI</t>
   </si>
   <si>
     <t>Isoahontie 1, 90900 KIIMINKI</t>
   </si>
   <si>
     <t>5254 NOSTO LIDL SAARIJÄRVI</t>
   </si>
   <si>
     <t>Jyväskyläntie 31 A, 43100 SAARIJÄRVI</t>
   </si>
   <si>
     <t>5255 NOSTO LIDL OULU KESKUSTA</t>
   </si>
   <si>
     <t>Isokatu 51, 90100 OULU</t>
   </si>
   <si>
     <t>5256 NOSTO SÄÄSTÖKUOPPA HAUKIPUDAS</t>
   </si>
   <si>
     <t>Annalankankaantie 1, 90830 HAUKIPUDAS</t>
   </si>
   <si>
     <t>5257 NOSTO LIDL OULU HIIRONEN</t>
   </si>
   <si>
     <t>Ruukinkuja 1, 90250 OULU</t>
   </si>
   <si>
     <t>5258 NOSTO LIDL OULU KAAKKURI</t>
   </si>
   <si>
     <t>Metsokankaantie 1, 90420 OULU</t>
+  </si>
+  <si>
+    <t>5266 NOSTO HÖYHTYÄN OSTOSKESKUS</t>
+  </si>
+  <si>
+    <t>Latokartanontie 1, 90150 OULU</t>
+  </si>
+  <si>
+    <t>5269 NOSTO HALPA-HALLI KALAJOKI</t>
+  </si>
+  <si>
+    <t>Kalajoentie 1, 85100 KALAJOKI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -1226,54 +1268,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E148"/>
+  <dimension ref="A1:E155"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A119" workbookViewId="0">
-      <selection activeCell="R141" sqref="R141"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E155" sqref="E155"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>5100</v>
       </c>
@@ -1364,122 +1406,122 @@
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7">
         <v>60.434045500000003</v>
       </c>
       <c r="E7">
         <v>22.222194200000001</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>5106</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8">
-        <v>60.163828799999997</v>
+        <v>60.163824900000002</v>
       </c>
       <c r="E8">
-        <v>24.968523000000001</v>
+        <v>24.967918300000001</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>5107</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9">
         <v>60.160811699999996</v>
       </c>
       <c r="E9">
         <v>24.958891600000001</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>5108</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10">
-        <v>64.222226800000001</v>
+        <v>64.221979200000007</v>
       </c>
       <c r="E10">
-        <v>27.730377300000001</v>
+        <v>27.7306715</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>5109</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11">
-        <v>60.163828799999997</v>
+        <v>60.163824900000002</v>
       </c>
       <c r="E11">
-        <v>24.968523000000001</v>
+        <v>24.967918300000001</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>5110</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12">
-        <v>60.163828799999997</v>
+        <v>60.163824900000002</v>
       </c>
       <c r="E12">
-        <v>24.968523000000001</v>
+        <v>24.967918300000001</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>5111</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13">
         <v>60.150460799999998</v>
       </c>
       <c r="E13">
         <v>24.915343700000001</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>5112</v>
       </c>
       <c r="B14" t="s">
         <v>27</v>
@@ -3030,54 +3072,54 @@
       </c>
       <c r="B105" t="s">
         <v>201</v>
       </c>
       <c r="C105" t="s">
         <v>202</v>
       </c>
       <c r="D105">
         <v>62.586781100000003</v>
       </c>
       <c r="E105">
         <v>23.617978099999998</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>5205</v>
       </c>
       <c r="B106" t="s">
         <v>203</v>
       </c>
       <c r="C106" t="s">
         <v>204</v>
       </c>
       <c r="D106">
-        <v>62.792293200000003</v>
+        <v>62.794419699999999</v>
       </c>
       <c r="E106">
-        <v>22.8014136</v>
+        <v>22.829887299999999</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>5206</v>
       </c>
       <c r="B107" t="s">
         <v>205</v>
       </c>
       <c r="C107" t="s">
         <v>206</v>
       </c>
       <c r="D107">
         <v>60.194091</v>
       </c>
       <c r="E107">
         <v>25.0337973</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>5207</v>
       </c>
       <c r="B108" t="s">
         <v>207</v>
@@ -3557,241 +3599,360 @@
       </c>
       <c r="B136" t="s">
         <v>263</v>
       </c>
       <c r="C136" t="s">
         <v>264</v>
       </c>
       <c r="D136">
         <v>61.494200499999998</v>
       </c>
       <c r="E136">
         <v>21.800283199999999</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>5239</v>
       </c>
       <c r="B137" t="s">
         <v>265</v>
       </c>
       <c r="C137" t="s">
         <v>266</v>
       </c>
       <c r="D137">
-        <v>60.498260000000002</v>
+        <v>60.489821200000002</v>
       </c>
       <c r="E137">
-        <v>22.2657989</v>
+        <v>22.26643</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138">
-        <v>5242</v>
+        <v>5240</v>
       </c>
       <c r="B138" t="s">
         <v>267</v>
       </c>
       <c r="C138" t="s">
         <v>268</v>
       </c>
       <c r="D138">
-        <v>61.003471500000003</v>
+        <v>61.4502934</v>
       </c>
       <c r="E138">
-        <v>24.488433199999999</v>
+        <v>23.751761200000001</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139">
-        <v>5244</v>
+        <v>5242</v>
       </c>
       <c r="B139" t="s">
         <v>269</v>
       </c>
       <c r="C139" t="s">
         <v>270</v>
       </c>
       <c r="D139">
-        <v>66.543442499999998</v>
+        <v>61.003471500000003</v>
       </c>
       <c r="E139">
-        <v>25.845343700000001</v>
+        <v>24.488433199999999</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140">
-        <v>5245</v>
+        <v>5243</v>
       </c>
       <c r="B140" t="s">
         <v>271</v>
       </c>
       <c r="C140" t="s">
         <v>272</v>
       </c>
       <c r="D140">
-        <v>60.255621900000001</v>
+        <v>61.007016900000004</v>
       </c>
       <c r="E140">
-        <v>24.823122099999999</v>
+        <v>24.44256</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141">
-        <v>5249</v>
+        <v>5244</v>
       </c>
       <c r="B141" t="s">
         <v>273</v>
       </c>
       <c r="C141" t="s">
         <v>274</v>
       </c>
       <c r="D141">
-        <v>60.168032799999999</v>
+        <v>66.543442499999998</v>
       </c>
       <c r="E141">
-        <v>24.930756899999999</v>
+        <v>25.845343700000001</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142">
-        <v>5252</v>
+        <v>5245</v>
       </c>
       <c r="B142" t="s">
         <v>275</v>
       </c>
       <c r="C142" t="s">
         <v>276</v>
       </c>
       <c r="D142">
-        <v>64.814956199999997</v>
+        <v>60.255621900000001</v>
       </c>
       <c r="E142">
-        <v>25.9789733</v>
+        <v>24.823122099999999</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143">
-        <v>5253</v>
+        <v>5246</v>
       </c>
       <c r="B143" t="s">
         <v>277</v>
       </c>
       <c r="C143" t="s">
         <v>278</v>
       </c>
       <c r="D143">
-        <v>65.127170599999999</v>
+        <v>60.402798099999998</v>
       </c>
       <c r="E143">
-        <v>25.774865200000001</v>
+        <v>25.028392499999999</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144">
-        <v>5254</v>
+        <v>5247</v>
       </c>
       <c r="B144" t="s">
         <v>279</v>
       </c>
       <c r="C144" t="s">
         <v>280</v>
       </c>
       <c r="D144">
-        <v>62.697649699999999</v>
+        <v>61.055411100000001</v>
       </c>
       <c r="E144">
-        <v>25.2888889</v>
+        <v>24.373175400000001</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145">
-        <v>5255</v>
+        <v>5249</v>
       </c>
       <c r="B145" t="s">
         <v>281</v>
       </c>
       <c r="C145" t="s">
         <v>282</v>
       </c>
       <c r="D145">
-        <v>65.008462600000001</v>
+        <v>60.168032799999999</v>
       </c>
       <c r="E145">
-        <v>25.468656500000002</v>
+        <v>24.930756899999999</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146">
-        <v>5256</v>
+        <v>5251</v>
       </c>
       <c r="B146" t="s">
         <v>283</v>
       </c>
       <c r="C146" t="s">
         <v>284</v>
       </c>
       <c r="D146">
-        <v>65.161110600000001</v>
+        <v>60.188334900000001</v>
       </c>
       <c r="E146">
-        <v>25.344754999999999</v>
+        <v>24.587379500000001</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147">
-        <v>5257</v>
+        <v>5252</v>
       </c>
       <c r="B147" t="s">
         <v>285</v>
       </c>
       <c r="C147" t="s">
         <v>286</v>
       </c>
       <c r="D147">
-        <v>64.985810999999998</v>
+        <v>64.814956199999997</v>
       </c>
       <c r="E147">
-        <v>25.5142025</v>
+        <v>25.9789733</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148">
-        <v>5258</v>
+        <v>5253</v>
       </c>
       <c r="B148" t="s">
         <v>287</v>
       </c>
       <c r="C148" t="s">
         <v>288</v>
       </c>
       <c r="D148">
+        <v>65.127170599999999</v>
+      </c>
+      <c r="E148">
+        <v>25.774865200000001</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A149">
+        <v>5254</v>
+      </c>
+      <c r="B149" t="s">
+        <v>289</v>
+      </c>
+      <c r="C149" t="s">
+        <v>290</v>
+      </c>
+      <c r="D149">
+        <v>62.697649699999999</v>
+      </c>
+      <c r="E149">
+        <v>25.2888889</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A150">
+        <v>5255</v>
+      </c>
+      <c r="B150" t="s">
+        <v>291</v>
+      </c>
+      <c r="C150" t="s">
+        <v>292</v>
+      </c>
+      <c r="D150">
+        <v>65.008462600000001</v>
+      </c>
+      <c r="E150">
+        <v>25.468656500000002</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A151">
+        <v>5256</v>
+      </c>
+      <c r="B151" t="s">
+        <v>293</v>
+      </c>
+      <c r="C151" t="s">
+        <v>294</v>
+      </c>
+      <c r="D151">
+        <v>65.161110600000001</v>
+      </c>
+      <c r="E151">
+        <v>25.344754999999999</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A152">
+        <v>5257</v>
+      </c>
+      <c r="B152" t="s">
+        <v>295</v>
+      </c>
+      <c r="C152" t="s">
+        <v>296</v>
+      </c>
+      <c r="D152">
+        <v>64.985810999999998</v>
+      </c>
+      <c r="E152">
+        <v>25.5142025</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A153">
+        <v>5258</v>
+      </c>
+      <c r="B153" t="s">
+        <v>297</v>
+      </c>
+      <c r="C153" t="s">
+        <v>298</v>
+      </c>
+      <c r="D153">
         <v>64.958586199999999</v>
       </c>
-      <c r="E148">
+      <c r="E153">
         <v>25.525832000000001</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A154">
+        <v>5266</v>
+      </c>
+      <c r="B154" t="s">
+        <v>299</v>
+      </c>
+      <c r="C154" t="s">
+        <v>300</v>
+      </c>
+      <c r="D154">
+        <v>64.997377</v>
+      </c>
+      <c r="E154">
+        <v>25.486610899999999</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A155">
+        <v>5269</v>
+      </c>
+      <c r="B155" t="s">
+        <v>301</v>
+      </c>
+      <c r="C155" t="s">
+        <v>302</v>
+      </c>
+      <c r="D155">
+        <v>64.259192400000003</v>
+      </c>
+      <c r="E155">
+        <v>23.947225299999999</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>