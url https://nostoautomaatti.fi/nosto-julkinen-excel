--- v3 (2026-02-19)
+++ v4 (2026-03-15)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Nostoautomaatti.fi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{07B7A3A1-84AB-4197-9C93-8CBAF1AF63AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8EFF4B90-631C-4EA4-A00A-B79BA6C71D80}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="1365" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="323">
   <si>
     <t>Automaatin numero</t>
   </si>
   <si>
     <t>Automaatin koko nimi</t>
   </si>
   <si>
     <t>Osoite</t>
   </si>
   <si>
     <t>Lat</t>
   </si>
   <si>
     <t>Lng</t>
   </si>
   <si>
     <t>5100 NOSTO IKEA TAMPERE</t>
   </si>
   <si>
     <t>Leppästensuonkatu 4, 33840 TAMPERE</t>
   </si>
   <si>
     <t>5101 NOSTO K-MARKET VILLILÄ TAMPERE</t>
   </si>
   <si>
@@ -99,57 +99,57 @@
   <si>
     <t>5107 NOSTO OLYMPIARANTA</t>
   </si>
   <si>
     <t>Olympiaranta 1, 00140 HELSINKI</t>
   </si>
   <si>
     <t>5108 NOSTO SAMMONKATU KAJAANI</t>
   </si>
   <si>
     <t>Sammonkatu 13, 87100 KAJAANI</t>
   </si>
   <si>
     <t>5109 NOSTO KATAJANOKKA TERMINAALI 1ST. FLOOR</t>
   </si>
   <si>
     <t>5110 NOSTO KATAJANOKKA TERMINAALI 2ND FLOOR</t>
   </si>
   <si>
     <t>5111 NOSTO ECKERÖ LINE M/S FINLANDIA</t>
   </si>
   <si>
     <t>Tyynenmerenkatu 14, 00180 HELSINKI</t>
   </si>
   <si>
-    <t>5112 NOSTO TOKMANNI LIELAHTI TAMPERE</t>
+    <t>5112 NOSTO CUBE1 NF1 TOKMANNI LIELAHTI</t>
   </si>
   <si>
     <t>Harjuntausta 14, 33400 TAMPERE</t>
   </si>
   <si>
-    <t>5113 NOSTO TOKMANNI LIELAHTI TAMPERE</t>
+    <t>5113 NOSTO CUBE1 NF2 TOKMANNI LIELAHTI</t>
   </si>
   <si>
     <t>5114 NOSTO DUO HERVANTA TAMPERE</t>
   </si>
   <si>
     <t>Pietilänkatu 2, 33720 TAMPERE</t>
   </si>
   <si>
     <t>5115 NOSTO TAMMELA STADION TAMPERE</t>
   </si>
   <si>
     <t>Tammelankatu 25, 33500 TAMPERE</t>
   </si>
   <si>
     <t>5116 NOSTO KAUPPAKESKUS AKSELI MIKKELI</t>
   </si>
   <si>
     <t>Hallituskatu 7-9, 50100 MIKKELI</t>
   </si>
   <si>
     <t>5117 NOSTO MÄNTYNUMMI LOHJA</t>
   </si>
   <si>
     <t>Mäntynummentie 46, 08500 LOHJA</t>
   </si>
@@ -201,165 +201,165 @@
   <si>
     <t>5126 NOSTO K-MARKET PIELISHERKKU JUUKA</t>
   </si>
   <si>
     <t>Kirkkotie 4, 83900 JUUKA</t>
   </si>
   <si>
     <t>5127 NOSTO LIDL KROSSI KAARINA</t>
   </si>
   <si>
     <t>Laasmäenkatu 6, 20780 KAARINA</t>
   </si>
   <si>
     <t>5128 NOSTO BILTEMA LAPPEENRANTA</t>
   </si>
   <si>
     <t>Vanha Viipurintie 131, 53550 LAPPEENRANTA</t>
   </si>
   <si>
     <t>5129 NOSTO LIDL KARJASILTA OULU</t>
   </si>
   <si>
     <t>Paljekula 12, 90140 OULU</t>
   </si>
   <si>
-    <t>5130 NOSTO LIDL JYVÄSKYLA &amp;#8211; PALOKKA</t>
+    <t>5130 NOSTO LIDL PALOKKA JYVÄSKYLÄ</t>
   </si>
   <si>
     <t>Saarilärventie 63, 40270 PALOKKA</t>
   </si>
   <si>
-    <t>5131 NOSTO LIDL LAPPEENRANTA &amp;#8211; MUSTOLA</t>
+    <t>5131 NOSTO LIDL  MUSTOLA LAPPEENRANTA</t>
   </si>
   <si>
     <t>Pelkolankatu 3, 53420 LAPPEENRANTA</t>
   </si>
   <si>
     <t>5132 NOSTO SILJA SERENADE</t>
   </si>
   <si>
     <t>Olympiaranta 3, 00140 HELSINKI</t>
   </si>
   <si>
     <t>5133 NOSTO BALTIC PRINCESS</t>
   </si>
   <si>
     <t>Linnankatu 91, 20100 TURKU</t>
   </si>
   <si>
     <t>5134 NOSTO SILJA SYMPHONY</t>
   </si>
   <si>
     <t>Olympiaranta 1, 00100 HELSINKI</t>
   </si>
   <si>
     <t>5136 NOSTO KARIJOEN KUNNANTALO</t>
   </si>
   <si>
     <t>Kristiinantie 3, 64350 KARIJOKI</t>
   </si>
   <si>
-    <t>5137 NOSTO LIDL PORI-HERRALAHTI</t>
+    <t>5137 NOSTO LIDL HERRALAHTI PORI</t>
   </si>
   <si>
     <t>Paanakedonkatu 10, 28100 PORI</t>
   </si>
   <si>
-    <t>5138 NOSTO LIDL TURKU-LÄNSIKESKUS</t>
+    <t>5138 NOSTO LIDL LÄNSIKESKUS TURKU</t>
   </si>
   <si>
     <t>Viilarinkatu 12, 20320 TURKU</t>
   </si>
   <si>
     <t>5139 NOSTO LIDL NÄRPIÖ</t>
   </si>
   <si>
     <t>Tegelbruksvägen 2, 64230 NÄRPIÖ AS</t>
   </si>
   <si>
     <t>5140 NOSTO LIDL KIRKKONUMMI</t>
   </si>
   <si>
     <t>Munkinmäntie 3, 02400 KIRKKONUMMI</t>
   </si>
   <si>
-    <t>5141 NOSTO LIDL LAHTI-KIVIMAA</t>
+    <t>5141 NOSTO LIDL KIVIMAA LAHTI</t>
   </si>
   <si>
     <t>Kivistönkatu 1, 15210 LAHTI</t>
   </si>
   <si>
-    <t>5142 NOSTO LIDL OULU &amp;#8211; PATENIEMI</t>
+    <t>5142 NOSTO LIDL PATENIEMI OULU</t>
   </si>
   <si>
     <t>Väliahontie 49, 90800 OULU</t>
   </si>
   <si>
-    <t>5143 NOSTO LIDL HELSINKI-PAKILA</t>
+    <t>5143 NOSTO LIDL PAKILA HELSINKI</t>
   </si>
   <si>
     <t>Pakilantie 46-48, 00660 HELSINKI</t>
   </si>
   <si>
-    <t>5144 NOSTO LIDL TAMPERE-JANKA</t>
+    <t>5144 NOSTO LIDL  JANKA TAMPERE</t>
   </si>
   <si>
     <t>Sammon Valtatie 16, 33700 TAMPERE</t>
   </si>
   <si>
-    <t>5145 NOSTO LIDL TURKU-KÄRSÄMÄKI</t>
+    <t>5145 NOSTO LIDL KÄRSÄMÄKI TURKU</t>
   </si>
   <si>
     <t>Kärsämäentie 2, 20300 TURKU</t>
   </si>
   <si>
     <t>5146 NOSTO LIDL RAISIO</t>
   </si>
   <si>
     <t>Kyläpajankatu 12, 21200 RAISIO</t>
   </si>
   <si>
     <t>5147 NOSTO LIDL JANAKKALA</t>
   </si>
   <si>
     <t>Harvilantie 11, 14200 TURENKI</t>
   </si>
   <si>
     <t>5148 NOSTO LIDL ORIMATTILA</t>
   </si>
   <si>
     <t>Niementie 1, 16300 ORIMATTILA</t>
   </si>
   <si>
     <t>5149 NOSTO LIDL JÄRVENPÄÄ</t>
   </si>
   <si>
     <t>Kinnarinkatu 6, 04430 JÄRVENPÄÄ</t>
   </si>
   <si>
-    <t>5150 NOSTO LIDL ESPOO-NITTYKUMPU</t>
+    <t>5150 NOSTO LIDL NIITTYKUMPU ESPOO</t>
   </si>
   <si>
     <t>Niittymaantie 2, 02200 ESPOO</t>
   </si>
   <si>
     <t>5151 NOSTO TRIPLA ASEMA 1</t>
   </si>
   <si>
     <t>Pasilan Asema-Aukio 1, 00520 HELSINKI</t>
   </si>
   <si>
     <t>5152 NOSTO TRIPLA ASEMA 2</t>
   </si>
   <si>
     <t>5153 NOSTO TRIPLA ASEMA 3</t>
   </si>
   <si>
     <t>5154 NOSTO TRIPLA NORDIC AVENUE 2KRS</t>
   </si>
   <si>
     <t>Fredrikanterassi 1, 00520 HELSINKI</t>
   </si>
   <si>
     <t>5155 NOSTO TRIPLA DOWNTOWN 3KRS</t>
   </si>
@@ -387,588 +387,648 @@
   <si>
     <t>5161 NOSTO MEGA KESKUS SEINÄJOKI</t>
   </si>
   <si>
     <t>Keskuskatu 3, 60100 SEINÄJOKI</t>
   </si>
   <si>
     <t>5162 NOSTO ARMADA LAPPEENRANTA</t>
   </si>
   <si>
     <t>Kauppakatu 31, 53100 LAPPEENRANTA</t>
   </si>
   <si>
     <t>5163 NOSTO IDEAPARK LEMPÄÄLÄ</t>
   </si>
   <si>
     <t>Ideaparkinkatu 4, 37570 LEMPÄÄLÄ</t>
   </si>
   <si>
     <t>5164 NOSTO KUOPION PORTTI</t>
   </si>
   <si>
     <t>Puutarhakatu 9, 70300 KUOPIO</t>
   </si>
   <si>
-    <t>5165 NOSTO KOSKIKARTANO</t>
+    <t>5165 NOSTO KOSKIKARTANO HÄMEENKOSKI</t>
   </si>
   <si>
     <t>Tampereentie 636, 16800 HÄMEENKOSKI</t>
   </si>
   <si>
-    <t>5166 NOSTO UUDENMAANKATU 67 HYVINKÄÄ</t>
+    <t>5166 NOSTO UUDENMAANKATU HYVINKÄÄ</t>
   </si>
   <si>
     <t>Uudenmaankatu 67, 05830 HYVINKÄÄ</t>
   </si>
   <si>
     <t>5167 NOSTO NURMIJÄRVI</t>
   </si>
   <si>
     <t>Keskustie 6, 01900 NURMIJÄRVI</t>
   </si>
   <si>
     <t>5168 NOSTO PYHÄNNÄN LIIKEKESKUS</t>
   </si>
   <si>
     <t>Kairantie 5, 92930 PYHÄNTÄ</t>
   </si>
   <si>
     <t>5169 NOSTO RAJAMARKET VAALIMAA</t>
   </si>
   <si>
     <t>Rajahovintie 1, 49930 VAALIMAA</t>
   </si>
   <si>
     <t>5170 NOSTO LUMIJOKI</t>
   </si>
   <si>
     <t>Lumijoentie 1226, 91980 LUMIJOKI</t>
   </si>
   <si>
-    <t>5171 NOSTO K-MARKET TOLSA</t>
+    <t>5171 NOSTO K-MARKET TOLSA KIRKKONUMMI</t>
   </si>
   <si>
     <t>Tolsantie 16, 02400 KIRKKONUMMI</t>
   </si>
   <si>
     <t>5172 NOSTO HAILUODON KUNNANTALO</t>
   </si>
   <si>
     <t>Luovontie 176, 90480 HAILUOTO</t>
   </si>
   <si>
-    <t>5173 NOSTO K-MARKET ISPO</t>
+    <t>5173 NOSTO K-MARKET ISPO TURKU</t>
   </si>
   <si>
     <t>Rätiälänkatu 24, 20810 TURKU</t>
   </si>
   <si>
     <t>5174 NOSTO KAUPPAKESKUS KUMPARE RUKA</t>
   </si>
   <si>
     <t>Rukakyläntie 8, 93830 RUKATUNTURI</t>
   </si>
   <si>
-    <t>5175 NOSTO KIINTEISTÖ OY PAAKARLANPUISTO</t>
+    <t>5175 NOSTO PAAKARLANPUISTO TURKU</t>
   </si>
   <si>
     <t>Hyrköistentie 26-28, 20240 TURKU</t>
   </si>
   <si>
     <t>5176 NOSTO ENONTEKIÖ</t>
   </si>
   <si>
     <t>Kustaavantie 1, 99400 ENONTEKIÖ</t>
   </si>
   <si>
-    <t>5177 NOSTO K-MARKET ILPOINEN</t>
+    <t>5177 NOSTO K-MARKET ILPOINEN TURKU</t>
   </si>
   <si>
     <t>Lauklähteenkatu 10, 20740 TURKU</t>
   </si>
   <si>
     <t>5178 NOSTO EROTTAJA BAR</t>
   </si>
   <si>
     <t>Erottajankatu 15-17, 00100 HELSINKI</t>
   </si>
   <si>
     <t>5179 NOSTO KAUPPAKORTTELI PEKURI</t>
   </si>
   <si>
     <t>Kauppurienkatu 10, 90100 OULU</t>
   </si>
   <si>
     <t>5180 NOSTO KESTILÄ</t>
   </si>
   <si>
     <t>Härmäntie 2, 92700 KESTILÄ</t>
   </si>
   <si>
-    <t>5181 NOSTO St1 Pivanka Kesälahti</t>
+    <t>5181 NOSTO ST1 PIVANKA KESÄLAHTI</t>
   </si>
   <si>
     <t>Kesälahdentie 1, 59800 KESÄLAHTI</t>
   </si>
   <si>
     <t>5182 NOSTO SUKEVA</t>
   </si>
   <si>
     <t>Sukevantie 2, 74340 SUKEVA</t>
   </si>
   <si>
-    <t>5183 NOSTO K- MARKET PATENIEMENRANTA</t>
+    <t>5183 NOSTO K- MARKET PATENIEMENRANTA OULU</t>
   </si>
   <si>
     <t>Pateniemenranta 3, 90800 OULU</t>
   </si>
   <si>
-    <t>5184 NOSTO K-SUPERMARKET PÄHKINÄRINNE</t>
+    <t>5184 NOSTO K-SUPERMARKET PÄHKINÄRINNE VANTAA</t>
   </si>
   <si>
     <t>Lammaslammentie 9, 01710 VANTAA</t>
   </si>
   <si>
-    <t>5185 NOSTO KAUPPAKATU 18 KAJAANI</t>
+    <t>5185 NOSTO KAUPPAKATU KAJAANI</t>
   </si>
   <si>
     <t>Kauppakatu 18, 87100 KAJAANI</t>
   </si>
   <si>
     <t>5186 NOSTO K-SUPERMARKET DERBY ESPOO</t>
   </si>
   <si>
     <t>Kalkkipellontie 2, 02650 ESPOO</t>
   </si>
   <si>
     <t>5187 NOSTO K-SUPERMARKET KUNKKU ESPOO</t>
   </si>
   <si>
     <t>Teirinsyrjä 2 b, 02770 ESPOO</t>
   </si>
   <si>
     <t>5188 NOSTO K-MARKET AMERINKULMA HELSINKI</t>
   </si>
   <si>
     <t>Mäkelänkatu 87, 00610 HELSINKI</t>
   </si>
   <si>
     <t>5189 NOSTO K-SUPERMARKET SÄKYLÄ</t>
   </si>
   <si>
     <t>Palomiehentie 9, 27800 SÄKYLÄ</t>
   </si>
   <si>
-    <t>5190 NOSTO K-SUPERMARKET VATTUNIEMI</t>
+    <t>5190 NOSTO K-SUPERMARKET VATTUNIEMI HELSINKI</t>
   </si>
   <si>
     <t>Kiviaidankatu 2, 00210 HELSINKI</t>
   </si>
   <si>
     <t>5191 NOSTO K-SUPERMARKET VIEREMÄ HYVINKÄÄ</t>
   </si>
   <si>
     <t>Riihimäenkatu 10, 05900 HYVINKÄÄ</t>
   </si>
   <si>
-    <t>5192 NOSTO LUCK LADY KIRKONKYLÄNTIE 5</t>
+    <t>5192 NOSTO MALMI HELSINKI</t>
   </si>
   <si>
     <t>Kirkonkyläntie 5, 00700 HELSINKI</t>
   </si>
   <si>
-    <t>5193 NOSTO LIDL VANTAA JOKINIEMI</t>
+    <t>5193 NOSTO LIDL JOKINIEMI VANTAA</t>
   </si>
   <si>
     <t>Lauri Korpisen katu 9, 01370 VANTAA</t>
   </si>
   <si>
     <t>5194 NOSTO K-MARKET PYHÄTUNTURI</t>
   </si>
   <si>
     <t>Kultakeronkatu 4, 98530 PYHÄTUNTURI</t>
   </si>
   <si>
     <t>5195 NOSTO TOKMANNI KITTILÄ</t>
   </si>
   <si>
     <t>Aakenuksentie 30, 99100 KITTILÄ</t>
   </si>
   <si>
-    <t>5196 NOSTO LIDL ESPOO HANNUS</t>
+    <t>5196 NOSTO LIDL HANNUS ESPOO</t>
   </si>
   <si>
     <t>Kurjenkellontie 1, 02270 ESPOO</t>
   </si>
   <si>
-    <t>5197 NOSTO LIDL KUOPIO INKILÄNMÄKI</t>
+    <t>5197 NOSTO LIDL INKILÄNMÄKI KUOPIO</t>
   </si>
   <si>
     <t>Sisustajantie 8, 70300 KUOPIO</t>
   </si>
   <si>
     <t>5198 NOSTO KAUPPAKATU 5-7 PIEKSÄMÄKI</t>
   </si>
   <si>
     <t>Kauppakatu 5-7, 76100 PIEKSÄMÄKI</t>
   </si>
   <si>
-    <t>5199 NOSTO K-MARKET AURINKOLAHTI</t>
+    <t>5199 NOSTO K-MARKET AURINKOLAHTI HELSINKI</t>
   </si>
   <si>
     <t>Leikosaarentie 48, 00990 HELSINKI</t>
   </si>
   <si>
     <t>5200 NOSTO K-SUPERMARKET LOVIISA</t>
   </si>
   <si>
     <t>Mariankatu 33, 07900 LOVIISA</t>
   </si>
   <si>
     <t>5201 NOSTO LIDL PIEKSÄMÄKI</t>
   </si>
   <si>
     <t>Keskuskatu 3, 76100 PIEKSÄMÄKI</t>
   </si>
   <si>
     <t>5202 NOSTO TUURIN KYLÄKAUPPA</t>
   </si>
   <si>
     <t>Onnentie 7, 63610 TUURI</t>
   </si>
   <si>
-    <t>5203 NOSTO DIXI ASEMASILTA</t>
+    <t>5203 NOSTO DIXI ASEMASILTA VANTAA</t>
   </si>
   <si>
     <t>Ratatie 11, 01300 VANTAA</t>
   </si>
   <si>
     <t>5204 NOSTO KUULANKULMA ALAVUS</t>
   </si>
   <si>
     <t>Kuulantie 1, 63300 ALAVUS</t>
   </si>
   <si>
-    <t>5205 NOSTO LIDL SEINÄJOKI KESKUSTA</t>
+    <t>5205 NOSTO LIDL SEINÄJOKI</t>
   </si>
   <si>
     <t>Verkatehtaankatu 12, 60100 SEINÄJOKI</t>
   </si>
   <si>
-    <t>5206 NOSTO KAUPPAKESKUS HERTSI</t>
+    <t>5206 NOSTO KAUPPAKESKUS HERTSI HELSINKI</t>
   </si>
   <si>
     <t>Linnanrakentajantie 2, 00880 HELSINKI</t>
   </si>
   <si>
-    <t>5207 NOSTO HALPAHALLI PORI</t>
+    <t>5207 NOSTO HALPA-HALLI PORI</t>
   </si>
   <si>
     <t>Paanakedonkatu 22, 28100 PORI</t>
   </si>
   <si>
-    <t>5208 NOSTO HALPAHALLI VAASA</t>
+    <t>5208 NOSTO HALPA-HALLI VAASA</t>
   </si>
   <si>
     <t>Laturintie 6, 65100 VAASA</t>
   </si>
   <si>
-    <t>5209 NOSTO HALPAHALLI KOKKOLA</t>
+    <t>5209 NOSTO HALPA-HALLI KOKKOLA</t>
   </si>
   <si>
     <t>Tehtaankatu 1, 67100 KOKKOLA</t>
   </si>
   <si>
-    <t>5210 NOSTO HALPAHALLI YLIVIESKA</t>
+    <t>5210 NOSTO HALPA-HALLI YLIVIESKA</t>
   </si>
   <si>
     <t>Rautatiekatu 11, 84100 YLIVIESKA</t>
   </si>
   <si>
     <t>5211 NOSTO HALPA-HALLI MUURAME</t>
   </si>
   <si>
     <t>Setäläntie 3, 40950 MUURAME</t>
   </si>
   <si>
     <t>5212 NOSTO HALPA-HALLI ÄÄNEKOSKI</t>
   </si>
   <si>
     <t>Kieppi 2, 44100 ÄÄNEKOSKI</t>
   </si>
   <si>
     <t>5213 NOSTO HALPA-HALLI IISALMI</t>
   </si>
   <si>
     <t>Kilpivirrantie 6, 74120 IISALMI</t>
   </si>
   <si>
     <t>5214 NOSTO HALPA-HALLI KAUSTINEN</t>
   </si>
   <si>
     <t>Pajalantie 4, 69600 KAUSTINEN</t>
   </si>
   <si>
     <t>5215 NOSTO HALPA-HALLI LAPUA</t>
   </si>
   <si>
     <t>Lassilantie 15, 62100 LAPUA</t>
   </si>
   <si>
     <t>5218 NOSTO LIDL HOLLOLA</t>
   </si>
   <si>
     <t>Terveystie 49, 15860 HOLLOLA</t>
   </si>
   <si>
     <t>5219 NOSTO LIDL HEINOLA</t>
   </si>
   <si>
     <t>Siltakatu 21, 18100 HEINOLA</t>
   </si>
   <si>
-    <t>5220 NOSTO LIDL LAHTI LAUNE</t>
+    <t>5220 NOSTO LIDL LAUNE LAHTI</t>
   </si>
   <si>
     <t>Launeenkatu 86, 15610 LAHTI</t>
   </si>
   <si>
     <t>5221 NOSTO METRO HAKANIEMI</t>
   </si>
   <si>
     <t>Siltasaarenkatu 7, 00530 HELSINKI</t>
   </si>
   <si>
-    <t>5222 NOSTO LIDL KOUVOLA KUUSANKOSKI</t>
+    <t>5222 NOSTO LIDL KUUSANKOSKI KOUVOLA</t>
   </si>
   <si>
     <t>Sepäntie 2, 45700 KUUSANKOSKI</t>
   </si>
   <si>
-    <t>5223 NOSTO LIDL KOUVOLA TORNIONMÄKI</t>
+    <t>5223 NOSTO LIDL TORNIONMÄKI KOUVOLA</t>
   </si>
   <si>
     <t>Lehtomäenkatu 1, 45200 KOUVOLA</t>
   </si>
   <si>
-    <t>5224 NOSTO LIDL KOUVOLA KELLOMÄKI</t>
+    <t>5224 NOSTO LIDL KELLOMÄKI KOUVOLA</t>
   </si>
   <si>
     <t>Laturinkatu 1, 45130 KOUVOLA</t>
   </si>
   <si>
     <t>5225 NOSTO LIDL NASTOLA</t>
   </si>
   <si>
     <t>Kauppakaari 1, 15560 NASTOLA</t>
   </si>
   <si>
     <t>5226 NOSTO ST1 KYLÄSEPPÄ PETÄJÄVESI</t>
   </si>
   <si>
     <t>Karikontie 1, 41900 PETÄJÄVESI</t>
   </si>
   <si>
-    <t>5227 NOSTO KEURUU MEGAMARKET</t>
+    <t>5227 NOSTO MEGAMARKET KEURUU</t>
   </si>
   <si>
     <t>Kangasmannilantie 20, 42700 KEURUU</t>
   </si>
   <si>
-    <t>5228 NOSTO KAUPPAKESKUS RISTIKKO</t>
+    <t>5228 NOSTO KAUPPAKESKUS RISTIKKO HELSINKI</t>
   </si>
   <si>
     <t>Ajomiehentie 1, 00390 HELSINKI</t>
   </si>
   <si>
     <t>5229 NOSTO JARI-PEKKA HANKASALMI</t>
   </si>
   <si>
     <t>Pieksämäentie 15, 41520 HANKASALMI</t>
   </si>
   <si>
     <t>5230 NOSTO JARI-PEKKA JOROINEN</t>
   </si>
   <si>
     <t>Joroistentie 5, 79600 JOROINEN</t>
   </si>
   <si>
     <t>5231 NOSTO VALLILAN KONEPAJA</t>
   </si>
   <si>
     <t>Bruno Granholmin kuja 2, 00510 HELSINKI</t>
   </si>
   <si>
-    <t>5232 NOSTO CUBE2 PELKOSENNIEMI</t>
+    <t>5232 NOSTO PELKOSENNIEMI</t>
   </si>
   <si>
     <t>Sodankyläntie 8, 98500 PELKOSENNIEMI</t>
   </si>
   <si>
     <t>5233 NOSTO KIINTEISTÖ LOHTAJANTIE 6</t>
   </si>
   <si>
     <t>Lohtajantie 6 B, 68230 LOHTAJA</t>
   </si>
   <si>
     <t>5234 NOSTO LIIKETILA JAALA</t>
   </si>
   <si>
     <t>Jaalantie 120, 47710 JAALA</t>
   </si>
   <si>
     <t>5235 NOSTO KAUSALAN MATKAKEIDAS</t>
   </si>
   <si>
     <t>Sitikkalantie 5, 47400 KAUSALA</t>
   </si>
   <si>
     <t>5236 NOSTO LIDL ALA-TIKKURILA</t>
   </si>
   <si>
     <t>Aamuruskontie 1, 00750 HELSINKI</t>
   </si>
   <si>
-    <t>5238 NOSTO KAUPPAKESKUS PUUVILLA</t>
-[...5 lines deleted...]
-    <t>5239 NOSTO RAVINTOLA SATAMA TURKU</t>
+    <t>5237 NOSTO KAUPPAKESKUS KUPIAINEN KITEE</t>
+  </si>
+  <si>
+    <t>Kiteentie 6, 82500 KITEE</t>
+  </si>
+  <si>
+    <t>5239 NOSTO RUNOSMÄKI TURKU</t>
   </si>
   <si>
     <t>Veteraaninkatu 3, 20360 TURKU</t>
   </si>
   <si>
-    <t>5240 NOSTO KIINTEISTÖ PELTOLAMMI TAMPERE</t>
+    <t>5240 NOSTO PELTOLAMMI TAMPERE</t>
   </si>
   <si>
     <t>Peltolamminkatu 40, 33840 TAMPERE</t>
   </si>
   <si>
+    <t>5241 NOSTO KARJALANTIE 10-12 KOTKA</t>
+  </si>
+  <si>
+    <t>Karjalantie 10-12, 48600 KOTKA</t>
+  </si>
+  <si>
     <t>5242 NOSTO HÄTILÄNKESKUS HÄMEENLINNA</t>
   </si>
   <si>
     <t>Hätilänkatu 2, 13210 HÄMEENLINNA</t>
   </si>
   <si>
     <t>5243 NOSTO OJOISTEN LIIKEKESKUS HÄMEENLINNA</t>
   </si>
   <si>
     <t>Ojoistenkatu 2, 13600 HÄMEENLINNA</t>
   </si>
   <si>
-    <t>5244 NOSTO CUBE3 SANTA CLAUS HOLIDAY VILLAGE</t>
+    <t>5244 NOSTO SANTA CLAUS HOLIDAY VILLAGE</t>
   </si>
   <si>
     <t>Tähtikuja 1, 96930 NAPAPIIRI ROVANIEMI</t>
   </si>
   <si>
-    <t>5245 NOSTO LIDL VAPAALA</t>
+    <t>5245 NOSTO LIDL VAPAALA VANTAA</t>
   </si>
   <si>
     <t>Vapaalantie 4, 01650 VANTAA</t>
   </si>
   <si>
-    <t>5246 NOSTO LIDL TUUSULA HYRYLÄ</t>
+    <t>5246 NOSTO LIDL HYRYLÄ TUUSULA</t>
   </si>
   <si>
     <t>Autoasemankatu 6, 04300 TUUSULA</t>
   </si>
   <si>
     <t>5247 NOSTO HATTULAN SÄÄSTÖPANKKITORI</t>
   </si>
   <si>
     <t>Kinnalantie 3, 13720 PAROLA</t>
   </si>
   <si>
+    <t>5248 NOSTO LIIKETILA RISTIINA</t>
+  </si>
+  <si>
+    <t>Brahentie 16, 52300 RISTIINA</t>
+  </si>
+  <si>
     <t>5249 NOSTO HELSINGIN SÄHKÖTALO</t>
   </si>
   <si>
     <t>Kampinkuja 2, 00100 HELSINKI</t>
   </si>
   <si>
     <t>5251 NOSTO LIDL ESPOO KAUKLAHTI</t>
   </si>
   <si>
     <t>Räävelintie 2, 02780 ESPOO</t>
   </si>
   <si>
-    <t>5252 NOSTO HALPAHALLI MUHOS</t>
+    <t>5252 NOSTO HALPA-HALLI MUHOS</t>
   </si>
   <si>
     <t>Kirkkotie 2, 91500 MUHOS</t>
   </si>
   <si>
-    <t>5253 NOSTO HALPAHALLI KIIMINKI</t>
+    <t>5253 NOSTO HALPA-HALLI KIIMINKI</t>
   </si>
   <si>
     <t>Isoahontie 1, 90900 KIIMINKI</t>
   </si>
   <si>
     <t>5254 NOSTO LIDL SAARIJÄRVI</t>
   </si>
   <si>
     <t>Jyväskyläntie 31 A, 43100 SAARIJÄRVI</t>
   </si>
   <si>
-    <t>5255 NOSTO LIDL OULU KESKUSTA</t>
+    <t>5255 NOSTO LIDL KESKUSTA OULU</t>
   </si>
   <si>
     <t>Isokatu 51, 90100 OULU</t>
   </si>
   <si>
     <t>5256 NOSTO SÄÄSTÖKUOPPA HAUKIPUDAS</t>
   </si>
   <si>
     <t>Annalankankaantie 1, 90830 HAUKIPUDAS</t>
   </si>
   <si>
-    <t>5257 NOSTO LIDL OULU HIIRONEN</t>
+    <t>5257 NOSTO LIDL HIIRONEN OULU</t>
   </si>
   <si>
     <t>Ruukinkuja 1, 90250 OULU</t>
   </si>
   <si>
-    <t>5258 NOSTO LIDL OULU KAAKKURI</t>
+    <t>5258 NOSTO LIDL KAAKKURI OULU</t>
   </si>
   <si>
     <t>Metsokankaantie 1, 90420 OULU</t>
   </si>
   <si>
+    <t>5260 NOSTO VARKAUDEN PANKKITALO</t>
+  </si>
+  <si>
+    <t>Ahlströminkatu 20, 78250 VARKAUS</t>
+  </si>
+  <si>
+    <t>5263 NOSTO KAUPPAKESKUS HANSA ULVILA</t>
+  </si>
+  <si>
+    <t>Friitalantie 18, 28400 ULVILA</t>
+  </si>
+  <si>
+    <t>5264 NOSTO KARSTULAN LIIKETILA</t>
+  </si>
+  <si>
+    <t>Virastotie 8, 43500 KARSTULA</t>
+  </si>
+  <si>
     <t>5266 NOSTO HÖYHTYÄN OSTOSKESKUS</t>
   </si>
   <si>
     <t>Latokartanontie 1, 90150 OULU</t>
   </si>
   <si>
+    <t>5268 NOSTO HALPA-HALLI SIILINJÄRVI</t>
+  </si>
+  <si>
+    <t>Siilinkoskentie 1, 71800 SIILINJÄRVI</t>
+  </si>
+  <si>
     <t>5269 NOSTO HALPA-HALLI KALAJOKI</t>
   </si>
   <si>
     <t>Kalajoentie 1, 85100 KALAJOKI</t>
+  </si>
+  <si>
+    <t>5270 NOSTO PALOKKA RAIVAAJANTIE 1</t>
+  </si>
+  <si>
+    <t>Raivaajantie 1, 40270 PALOKKA</t>
+  </si>
+  <si>
+    <t>5274 NOSTO LIDL VARKAUS</t>
+  </si>
+  <si>
+    <t>Kauppakatu 74, 78200 VARKAUS</t>
+  </si>
+  <si>
+    <t>5279 NOSTO KAUPPAKESKUS KAARI HELSINKI</t>
+  </si>
+  <si>
+    <t>Kantelettarentie 1, 00420 HELSINKI</t>
+  </si>
+  <si>
+    <t>5282 NOSTO LIDL PETONEN KUOPIO</t>
+  </si>
+  <si>
+    <t>Petosentie 4, 70820 KUOPIO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -1268,54 +1328,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E155"/>
+  <dimension ref="A1:E165"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E155" sqref="E155"/>
+    <sheetView tabSelected="1" topLeftCell="A154" workbookViewId="0">
+      <selection activeCell="E165" sqref="E165"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>5100</v>
       </c>
@@ -3573,386 +3633,556 @@
         <v>60.910793099999999</v>
       </c>
       <c r="E134">
         <v>26.274282500000002</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135">
         <v>5236</v>
       </c>
       <c r="B135" t="s">
         <v>261</v>
       </c>
       <c r="C135" t="s">
         <v>262</v>
       </c>
       <c r="D135">
         <v>60.284345799999997</v>
       </c>
       <c r="E135">
         <v>25.028977099999999</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136">
-        <v>5238</v>
+        <v>5237</v>
       </c>
       <c r="B136" t="s">
         <v>263</v>
       </c>
       <c r="C136" t="s">
         <v>264</v>
       </c>
       <c r="D136">
-        <v>61.494200499999998</v>
+        <v>62.096765400000002</v>
       </c>
       <c r="E136">
-        <v>21.800283199999999</v>
+        <v>30.142111400000001</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>5239</v>
       </c>
       <c r="B137" t="s">
         <v>265</v>
       </c>
       <c r="C137" t="s">
         <v>266</v>
       </c>
       <c r="D137">
         <v>60.489821200000002</v>
       </c>
       <c r="E137">
         <v>22.26643</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138">
         <v>5240</v>
       </c>
       <c r="B138" t="s">
         <v>267</v>
       </c>
       <c r="C138" t="s">
         <v>268</v>
       </c>
       <c r="D138">
         <v>61.4502934</v>
       </c>
       <c r="E138">
         <v>23.751761200000001</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139">
-        <v>5242</v>
+        <v>5241</v>
       </c>
       <c r="B139" t="s">
         <v>269</v>
       </c>
       <c r="C139" t="s">
         <v>270</v>
       </c>
       <c r="D139">
-        <v>61.003471500000003</v>
+        <v>60.516264900000003</v>
       </c>
       <c r="E139">
-        <v>24.488433199999999</v>
+        <v>26.931812699999998</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140">
-        <v>5243</v>
+        <v>5242</v>
       </c>
       <c r="B140" t="s">
         <v>271</v>
       </c>
       <c r="C140" t="s">
         <v>272</v>
       </c>
       <c r="D140">
-        <v>61.007016900000004</v>
+        <v>61.003471500000003</v>
       </c>
       <c r="E140">
-        <v>24.44256</v>
+        <v>24.488433199999999</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141">
-        <v>5244</v>
+        <v>5243</v>
       </c>
       <c r="B141" t="s">
         <v>273</v>
       </c>
       <c r="C141" t="s">
         <v>274</v>
       </c>
       <c r="D141">
-        <v>66.543442499999998</v>
+        <v>61.007016900000004</v>
       </c>
       <c r="E141">
-        <v>25.845343700000001</v>
+        <v>24.44256</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142">
-        <v>5245</v>
+        <v>5244</v>
       </c>
       <c r="B142" t="s">
         <v>275</v>
       </c>
       <c r="C142" t="s">
         <v>276</v>
       </c>
       <c r="D142">
-        <v>60.255621900000001</v>
+        <v>66.543442499999998</v>
       </c>
       <c r="E142">
-        <v>24.823122099999999</v>
+        <v>25.845343700000001</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143">
-        <v>5246</v>
+        <v>5245</v>
       </c>
       <c r="B143" t="s">
         <v>277</v>
       </c>
       <c r="C143" t="s">
         <v>278</v>
       </c>
       <c r="D143">
-        <v>60.402798099999998</v>
+        <v>60.255621900000001</v>
       </c>
       <c r="E143">
-        <v>25.028392499999999</v>
+        <v>24.823122099999999</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144">
-        <v>5247</v>
+        <v>5246</v>
       </c>
       <c r="B144" t="s">
         <v>279</v>
       </c>
       <c r="C144" t="s">
         <v>280</v>
       </c>
       <c r="D144">
-        <v>61.055411100000001</v>
+        <v>60.402798099999998</v>
       </c>
       <c r="E144">
-        <v>24.373175400000001</v>
+        <v>25.028392499999999</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145">
-        <v>5249</v>
+        <v>5247</v>
       </c>
       <c r="B145" t="s">
         <v>281</v>
       </c>
       <c r="C145" t="s">
         <v>282</v>
       </c>
       <c r="D145">
-        <v>60.168032799999999</v>
+        <v>61.055411100000001</v>
       </c>
       <c r="E145">
-        <v>24.930756899999999</v>
+        <v>24.373175400000001</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146">
-        <v>5251</v>
+        <v>5248</v>
       </c>
       <c r="B146" t="s">
         <v>283</v>
       </c>
       <c r="C146" t="s">
         <v>284</v>
       </c>
       <c r="D146">
-        <v>60.188334900000001</v>
+        <v>61.510473300000001</v>
       </c>
       <c r="E146">
-        <v>24.587379500000001</v>
+        <v>27.248717599999999</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147">
-        <v>5252</v>
+        <v>5249</v>
       </c>
       <c r="B147" t="s">
         <v>285</v>
       </c>
       <c r="C147" t="s">
         <v>286</v>
       </c>
       <c r="D147">
-        <v>64.814956199999997</v>
+        <v>60.168032799999999</v>
       </c>
       <c r="E147">
-        <v>25.9789733</v>
+        <v>24.930756899999999</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148">
-        <v>5253</v>
+        <v>5251</v>
       </c>
       <c r="B148" t="s">
         <v>287</v>
       </c>
       <c r="C148" t="s">
         <v>288</v>
       </c>
       <c r="D148">
-        <v>65.127170599999999</v>
+        <v>60.188334900000001</v>
       </c>
       <c r="E148">
-        <v>25.774865200000001</v>
+        <v>24.587379500000001</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149">
-        <v>5254</v>
+        <v>5252</v>
       </c>
       <c r="B149" t="s">
         <v>289</v>
       </c>
       <c r="C149" t="s">
         <v>290</v>
       </c>
       <c r="D149">
-        <v>62.697649699999999</v>
+        <v>64.814956199999997</v>
       </c>
       <c r="E149">
-        <v>25.2888889</v>
+        <v>25.9789733</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150">
-        <v>5255</v>
+        <v>5253</v>
       </c>
       <c r="B150" t="s">
         <v>291</v>
       </c>
       <c r="C150" t="s">
         <v>292</v>
       </c>
       <c r="D150">
-        <v>65.008462600000001</v>
+        <v>65.127170599999999</v>
       </c>
       <c r="E150">
-        <v>25.468656500000002</v>
+        <v>25.774865200000001</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151">
-        <v>5256</v>
+        <v>5254</v>
       </c>
       <c r="B151" t="s">
         <v>293</v>
       </c>
       <c r="C151" t="s">
         <v>294</v>
       </c>
       <c r="D151">
-        <v>65.161110600000001</v>
+        <v>62.697649699999999</v>
       </c>
       <c r="E151">
-        <v>25.344754999999999</v>
+        <v>25.2888889</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152">
-        <v>5257</v>
+        <v>5255</v>
       </c>
       <c r="B152" t="s">
         <v>295</v>
       </c>
       <c r="C152" t="s">
         <v>296</v>
       </c>
       <c r="D152">
-        <v>64.985810999999998</v>
+        <v>65.008462600000001</v>
       </c>
       <c r="E152">
-        <v>25.5142025</v>
+        <v>25.468656500000002</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153">
-        <v>5258</v>
+        <v>5256</v>
       </c>
       <c r="B153" t="s">
         <v>297</v>
       </c>
       <c r="C153" t="s">
         <v>298</v>
       </c>
       <c r="D153">
-        <v>64.958586199999999</v>
+        <v>65.161110600000001</v>
       </c>
       <c r="E153">
-        <v>25.525832000000001</v>
+        <v>25.344754999999999</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154">
-        <v>5266</v>
+        <v>5257</v>
       </c>
       <c r="B154" t="s">
         <v>299</v>
       </c>
       <c r="C154" t="s">
         <v>300</v>
       </c>
       <c r="D154">
-        <v>64.997377</v>
+        <v>64.985810999999998</v>
       </c>
       <c r="E154">
-        <v>25.486610899999999</v>
+        <v>25.5142025</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155">
-        <v>5269</v>
+        <v>5258</v>
       </c>
       <c r="B155" t="s">
         <v>301</v>
       </c>
       <c r="C155" t="s">
         <v>302</v>
       </c>
       <c r="D155">
+        <v>64.958586199999999</v>
+      </c>
+      <c r="E155">
+        <v>25.525832000000001</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A156">
+        <v>5260</v>
+      </c>
+      <c r="B156" t="s">
+        <v>303</v>
+      </c>
+      <c r="C156" t="s">
+        <v>304</v>
+      </c>
+      <c r="D156">
+        <v>62.3146494</v>
+      </c>
+      <c r="E156">
+        <v>27.893097600000001</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A157">
+        <v>5263</v>
+      </c>
+      <c r="B157" t="s">
+        <v>305</v>
+      </c>
+      <c r="C157" t="s">
+        <v>306</v>
+      </c>
+      <c r="D157">
+        <v>61.428695099999999</v>
+      </c>
+      <c r="E157">
+        <v>21.876230100000001</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A158">
+        <v>5264</v>
+      </c>
+      <c r="B158" t="s">
+        <v>307</v>
+      </c>
+      <c r="C158" t="s">
+        <v>308</v>
+      </c>
+      <c r="D158">
+        <v>62.878728600000002</v>
+      </c>
+      <c r="E158">
+        <v>24.802969900000001</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A159">
+        <v>5266</v>
+      </c>
+      <c r="B159" t="s">
+        <v>309</v>
+      </c>
+      <c r="C159" t="s">
+        <v>310</v>
+      </c>
+      <c r="D159">
+        <v>64.997377</v>
+      </c>
+      <c r="E159">
+        <v>25.486610899999999</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A160">
+        <v>5268</v>
+      </c>
+      <c r="B160" t="s">
+        <v>311</v>
+      </c>
+      <c r="C160" t="s">
+        <v>312</v>
+      </c>
+      <c r="D160">
+        <v>63.078892000000003</v>
+      </c>
+      <c r="E160">
+        <v>27.678173000000001</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A161">
+        <v>5269</v>
+      </c>
+      <c r="B161" t="s">
+        <v>313</v>
+      </c>
+      <c r="C161" t="s">
+        <v>314</v>
+      </c>
+      <c r="D161">
         <v>64.259192400000003</v>
       </c>
-      <c r="E155">
+      <c r="E161">
         <v>23.947225299999999</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A162">
+        <v>5270</v>
+      </c>
+      <c r="B162" t="s">
+        <v>315</v>
+      </c>
+      <c r="C162" t="s">
+        <v>316</v>
+      </c>
+      <c r="D162">
+        <v>62.288493099999997</v>
+      </c>
+      <c r="E162">
+        <v>25.7440493</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A163">
+        <v>5274</v>
+      </c>
+      <c r="B163" t="s">
+        <v>317</v>
+      </c>
+      <c r="C163" t="s">
+        <v>318</v>
+      </c>
+      <c r="D163">
+        <v>62.318004199999997</v>
+      </c>
+      <c r="E163">
+        <v>27.861458299999999</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A164">
+        <v>5279</v>
+      </c>
+      <c r="B164" t="s">
+        <v>319</v>
+      </c>
+      <c r="C164" t="s">
+        <v>320</v>
+      </c>
+      <c r="D164">
+        <v>60.2366679</v>
+      </c>
+      <c r="E164">
+        <v>24.892643799999998</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A165">
+        <v>5282</v>
+      </c>
+      <c r="B165" t="s">
+        <v>321</v>
+      </c>
+      <c r="C165" t="s">
+        <v>322</v>
+      </c>
+      <c r="D165">
+        <v>62.840009700000003</v>
+      </c>
+      <c r="E165">
+        <v>27.647402499999998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>